--- v0 (2025-12-07)
+++ v1 (2026-03-18)
@@ -51,534 +51,534 @@
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">DNB Bank ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010161896</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
+    <t xml:space="preserve">Kongsberg Gruppen ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0013536151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storebrand ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003053605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mowi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003054108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Equinor ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010096985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aker ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010234552</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
     <t xml:space="preserve">Aker BP ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010345853</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Kongsberg Gruppen ASA</t>
-[...43 lines deleted...]
-  <si>
     <t xml:space="preserve">Salmar ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010310956</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Aker ASA</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NO0010234552</t>
+    <t xml:space="preserve">SpareBank 1 Sor-Norge ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010631567</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">Nordic Semiconductor ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0003055501</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Equinor ASA</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">Gjensidige Forsikring ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010582521</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
+    <t xml:space="preserve">Scatec ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010715139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
     <t xml:space="preserve">Telenor ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010063308</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
+    <t xml:space="preserve">Norsk Hydro ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0005052605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
     <t xml:space="preserve">Vend Marketplaces ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0010736879</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Norsk Hydro ASA</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">NO0010715139</t>
+    <t xml:space="preserve">Cadeler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0061412772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orkla ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0003733800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norconsult Norge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0013052209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Subsea 7 S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LU0075646355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yara International ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010208051</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">Atea ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0004822503</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Norconsult Norge</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">NO0010208051</t>
+    <t xml:space="preserve">Borregaard ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010657505</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">SpareBank 1 SMN</t>
   </si>
   <si>
     <t xml:space="preserve">NO0006390301</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">Cadeler</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">LU0075646355</t>
+    <t xml:space="preserve">TOMRA Systems ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0012470089</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">Leroy Seafood Group ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0003096208</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
-    <t xml:space="preserve">TOMRA Systems ASA</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">NO0012470089</t>
+    <t xml:space="preserve">Var Energi ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0011202772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Europris ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010735343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Odfjell Drilling Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG671801022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Entra ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010716418</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bakkafrost P/F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FO0000000179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Softwareone Holding AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0496451508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Austevoll Seafood ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010073489</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hafnia Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGXZ53070850</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
   <si>
     <t xml:space="preserve">DOF Group ASA</t>
   </si>
   <si>
     <t xml:space="preserve">NO0012851874</t>
-  </si>
-[...133 lines deleted...]
-    <t xml:space="preserve">NO0010921232</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">NOK</t>
   </si>
   <si>
     <t xml:space="preserve">Norge </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="165" formatCode="#0.00"/>
     <numFmt numFmtId="166" formatCode="dd.mm.yyyy"/>
   </numFmts>
   <fonts count="0">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
@@ -960,828 +960,828 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>9.824</v>
+        <v>9.61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>7.882</v>
+        <v>8.644</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>6.516</v>
+        <v>7.181</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>6.422</v>
+        <v>6.157</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>5.858</v>
+        <v>5.439</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>4.61</v>
+        <v>4.974</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>4.513</v>
+        <v>4.864</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>4.03</v>
+        <v>4.26</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>3.916</v>
+        <v>3.757</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>3.706</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>3.153</v>
+        <v>3.071</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>2.986</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>2.971</v>
+        <v>2.545</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>2.684</v>
+        <v>2.536</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>2.443</v>
+        <v>2.354</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>2.372</v>
+        <v>2.235</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>2.327</v>
+        <v>2.213</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>2.22</v>
+        <v>2.189</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>2.118</v>
+        <v>2.154</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>1.837</v>
+        <v>2.146</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>1.814</v>
+        <v>2.125</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>1.807</v>
+        <v>1.864</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>1.623</v>
+        <v>1.854</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>1.564</v>
+        <v>1.647</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>1.562</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>1.383</v>
+        <v>1.499</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>1.373</v>
+        <v>1.401</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>1.108</v>
+        <v>1.345</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.96</v>
+        <v>0.936</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.888</v>
+        <v>0.843</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.87</v>
+        <v>0.832</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.849</v>
+        <v>0.801</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.845</v>
+        <v>0.377</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.016</v>
+        <v>0.352</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>data</vt:lpstr>