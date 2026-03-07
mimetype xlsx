--- v0 (2025-12-07)
+++ v1 (2026-03-07)
@@ -13,51 +13,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="827" uniqueCount="827">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="797" uniqueCount="797">
   <si>
     <t xml:space="preserve">Dato</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
     <t xml:space="preserve">Danske Invest SICAV European Corporate Sustainable Bond Class I</t>
   </si>
   <si>
@@ -171,2343 +171,2253 @@
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Tesla Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US88160R1014</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
+    <t xml:space="preserve">Alphabet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K1079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alphabet Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02079K3059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BUNDESREPUB. DEUTSCHLAND 0% 15.08.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0001030732</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
     <t xml:space="preserve">Broadcom Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">US11135F1012</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
   </si>
   <si>
-    <t xml:space="preserve">BUNDESREPUB. DEUTSCHLAND 0% 15.08.2031</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">DE0001030732</t>
+    <t xml:space="preserve">Eli Lilly &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5324571083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPMorgan Chase &amp; Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US46625H1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4781601046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Meta Platforms Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US30303M1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Visa Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US92826C8394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cisco Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US17275R1023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AstraZeneca Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0009895292</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novartis AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0012005267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sveits </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mastercard Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US57636Q1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASML Holding NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0010273215</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AbbVie Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00287Y1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLA Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4824801009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medtronic Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BTN1Y115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lam Research Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5128073062</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micron Technology Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US5951121038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Applied Materials Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0382221051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DBS Group Holdings Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1L01001701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilead Sciences Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3755581036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UnitedHealth Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91324P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Royal Bank of Canada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA7800871021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIA Group Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK0000069689</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HKD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hong Kong </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles Schwab Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8085131055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advantest Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3122400009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3571400005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Banco Santander S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0113900J37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Telekom AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0005557508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chubb Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH0044328745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007236101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HSBC Holdings Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0005405286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prysmian SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0004176001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Canadian Imperial Bank of Commerce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA1360691010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reckitt Benckiser Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B24CGK77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lloyds Banking Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0008706128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCA Healthcare Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40412C1018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hubbell Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4435106079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fujikura Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3811000003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMCOR Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29084Q1004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kinross Gold Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA4969024047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UniCredit SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0005239360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ServiceNow Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US81762P1021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TE Connectivity Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE000IVNQZ81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cboe Global Markets Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12503M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toronto-Dominion Bank/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA8911605092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanada </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ING Groep NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0011821202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autodesk Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0527691069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dexcom Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2521311074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regeneron Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US75886F1075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Allstate Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0200021014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SoftBank Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3732000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cadence Design Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1273871087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KDDI Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3496400007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecolab Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2788651006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188220002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adobe Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00724F1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US89417E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoom Communications Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98980L1017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elevance Health Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0367521038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mitsubishi UFJ Financial Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3902900004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dell Technologies Inc. C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US24703L2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NXP Semiconductors NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0009538784</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Airbnb Inc. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0090661010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CaixaBank S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ES0140609019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spania </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hartford Insurance Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4165151048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intuit Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4612021034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DANISH GOVERNMENT 0% 15.11.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0009924375</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PNC Financial Services Group Inc/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6934751057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Waters Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9418481035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">First Solar Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3364331070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Newmont Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6516391066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ResMed Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7611521078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keysight Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US49338L1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SS&amp;C Technologies Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US78467J1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nasdaq Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US6311031081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zoetis Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US98978V1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walmart Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US9311421039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Central Japan Railway Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3566800003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Severn Trent Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EPAM Systems Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US29414B1044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nextpower Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US65290E1010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unibail-Rodamco-Westfield (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0013326246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rollins Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7757111049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halma Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0004052071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aegon Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG0112X1056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CapitaLand Ascendas REIT (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SG1M77906915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SGD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aptiv Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JE00BTDN8H13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koninklijke KPN NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NL0000009082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Daiichi Sankyo Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3475350009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Talanx AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000TLX1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Alphabet Inc.</t>
-[...137 lines deleted...]
-    <t xml:space="preserve">GB0009895292</t>
+    <t xml:space="preserve">Fortinet Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US34959E1091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Agilent Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US00846U1016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klepierre S.A. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000121964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sage Group PLC/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B8C3BL03</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">GBP</t>
   </si>
   <si>
     <t xml:space="preserve">Storbritannia </t>
   </si>
   <si>
-    <t xml:space="preserve">Novartis AG</t>
-[...47 lines deleted...]
-    <t xml:space="preserve">NL0010273215</t>
+    <t xml:space="preserve">FinecoBank Banca Fineco SpA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0000072170</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Nederland </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">CA7800871021</t>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank of Ireland Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BD1RP616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rambus Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7509171069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Novo Nordisk B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0062498333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deckers Outdoor Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2435371073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAP SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0007164600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alnylam Pharmaceuticals Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US02043Q1076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UCB S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003739530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gartner Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US3666511072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genmab</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DK0010272202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DKK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Danmark </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Admiral Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B02J6398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insulet Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US45784P1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDW Corp/DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12514G1085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KBC Group NV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE0003565737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Therapeutics Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91307C1027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Terna - Rete Elettrica Nazionale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IT0003242622</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Italia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Autoliv Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0528001094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinci S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sterling Infrastructure Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8592411016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Advanced Micro Devices Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0079031078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Progressive Corp/The</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US7433151039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Siemens Energy AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000ENER6Y0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yokogawa Electric Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3955000009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEG Immobilien SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE000LEG1110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyskland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dynatrace Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2681501092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Organo Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3201600008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DigitalOcean Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US25402D1028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CVS Health Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US1266501006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abbott Laboratories</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US0028241000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCREEN Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3494600004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NO0010582521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norge </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capgemini SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR0000125338</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankrike </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trane Technologies Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IE00BK9ZQ967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pearson Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB0006776081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Otsuka Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3188200004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sugi Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3397060009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Genpact Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BMG3922B1072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primerica Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74164M1080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gaming and Leisure Properties Inc. (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US36467J1088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Upwork Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91688F1049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Northern Star Resources Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AU000000NST8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AUD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Australia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">B2Gold Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CA11777Q2099</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">CAD</t>
   </si>
   <si>
     <t xml:space="preserve">Kanada </t>
   </si>
   <si>
-    <t xml:space="preserve">UnitedHealth Group Inc.</t>
-[...62 lines deleted...]
-    <t xml:space="preserve">JP3122400009</t>
+    <t xml:space="preserve">Stryker Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US8636671013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primary Health Properties Plc (REIT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00BYRJ5J14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Utilities Group Plc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GB00B39J2M42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shimadzu Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP3357200009</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">JPY</t>
   </si>
   <si>
     <t xml:space="preserve">Japan </t>
   </si>
   <si>
-    <t xml:space="preserve">Charles Schwab Corp/The</t>
-[...92 lines deleted...]
-    <t xml:space="preserve">ES0113900J37</t>
+    <t xml:space="preserve">Muenchener Rueckversicherungs-Gesellschaft AG in M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DE0008430026</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
-    <t xml:space="preserve">Spania </t>
-[...418 lines deleted...]
-  <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
-    <t xml:space="preserve">Ecolab Inc.</t>
-[...251 lines deleted...]
-    <t xml:space="preserve">Australia </t>
+    <t xml:space="preserve">Palomar Holdings Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US69753M1053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HCI Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US40416E1038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intel Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US4581401001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aksjer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
   </si>
   <si>
     <t xml:space="preserve">Oracle Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">US68389X1054</t>
   </si>
   <si>
     <t xml:space="preserve">Aksjer</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">USA </t>
-  </si>
-[...1168 lines deleted...]
-    <t xml:space="preserve">Frankrike </t>
   </si>
   <si>
     <t xml:space="preserve">BUNDESREPUB. DEUTSCHLAND 2.5% 15.08.2046</t>
   </si>
   <si>
     <t xml:space="preserve">DE0001102341</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Tyskland </t>
   </si>
   <si>
     <t xml:space="preserve">BUNDESREPUB. DEUTSCHLAND 0% 15.08.2050</t>
   </si>
   <si>
     <t xml:space="preserve">DE0001102481</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
@@ -2530,61 +2440,55 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="166">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
-    <xf numFmtId="166" xfId="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -3040,3817 +2944,3679 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>13.817</v>
+        <v>15.338</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>13.737</v>
+        <v>15.259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>7.57</v>
+        <v>7.291</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>4.155</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>3.803</v>
+        <v>3.364</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>3.334</v>
+        <v>2.63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>3.196</v>
+        <v>2.529</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>2.4</v>
+        <v>2.057</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>2.177</v>
+        <v>1.906</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>1.445</v>
+        <v>1.365</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>1.41</v>
+        <v>1.307</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>1.2</v>
+        <v>1.305</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>1.149</v>
+        <v>1.203</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>1.084</v>
+        <v>1.068</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.939</v>
+        <v>1.009</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>0.834</v>
+        <v>0.882</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.775</v>
+        <v>0.873</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.689</v>
+        <v>0.616</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.602</v>
+        <v>0.611</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.574</v>
+        <v>0.586</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.554</v>
+        <v>0.532</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.529</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.496</v>
+        <v>0.514</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.466</v>
+        <v>0.471</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.454</v>
+        <v>0.456</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.42</v>
+        <v>0.445</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.417</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.389</v>
+        <v>0.433</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.387</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.383</v>
+        <v>0.426</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.382</v>
+        <v>0.421</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.375</v>
+        <v>0.409</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.375</v>
+        <v>0.399</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.372</v>
+        <v>0.397</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.37</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.367</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.366</v>
+        <v>0.376</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.366</v>
+        <v>0.375</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.363</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.362</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.36</v>
+        <v>0.359</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.349</v>
+        <v>0.356</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.347</v>
+        <v>0.345</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.347</v>
+        <v>0.339</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
         <v>0.338</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.334</v>
+        <v>0.333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.328</v>
+        <v>0.331</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.322</v>
+        <v>0.328</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.321</v>
+        <v>0.325</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.311</v>
+        <v>0.324</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.31</v>
+        <v>0.323</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.306</v>
+        <v>0.319</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.306</v>
+        <v>0.314</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.303</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.303</v>
+        <v>0.311</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.3</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.296</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.296</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
-        <v>0.296</v>
+        <v>0.305</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
-        <v>0.295</v>
+        <v>0.303</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.294</v>
+        <v>0.301</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.294</v>
+        <v>0.301</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.293</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.292</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.29</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.285</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.285</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.28</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.278</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.276</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.275</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.275</v>
+        <v>0.288</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.272</v>
+        <v>0.287</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.267</v>
+        <v>0.287</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.265</v>
+        <v>0.285</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.264</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.259</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.256</v>
+        <v>0.271</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.254</v>
+        <v>0.268</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.254</v>
+        <v>0.266</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.252</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.251</v>
+        <v>0.262</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.244</v>
+        <v>0.261</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.243</v>
+        <v>0.255</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.242</v>
+        <v>0.254</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.242</v>
+        <v>0.253</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.24</v>
+        <v>0.249</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.239</v>
+        <v>0.242</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.235</v>
+        <v>0.238</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.232</v>
+        <v>0.238</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.232</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.231</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.227</v>
+        <v>0.225</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.225</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.222</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.221</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.219</v>
+        <v>0.222</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.217</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.216</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.216</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.212</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
         <v>0.206</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
         <v>0.206</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.197</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.196</v>
+        <v>0.201</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.194</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.191</v>
+        <v>0.198</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.189</v>
+        <v>0.195</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.187</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.182</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.18</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.179</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.177</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.175</v>
+        <v>0.185</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
-        <v>0.174</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
-        <v>0.174</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.173</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.172</v>
+        <v>0.173</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.17</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.169</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
-        <v>0.168</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.168</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.165</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
-        <v>0.164</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.161</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.16</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.158</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.156</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.155</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.154</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.153</v>
+        <v>0.164</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.152</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
-        <v>0.15</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
-        <v>0.142</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.139</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.139</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.138</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.136</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.133</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.132</v>
+        <v>0.143</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.131</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.128</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.127</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.126</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
-        <v>0.125</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.124</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.12</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.119</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.118</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
-        <v>0.117</v>
+        <v>0.119</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.116</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.116</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.115</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.114</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.114</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.112</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.105</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.104</v>
-[...136 lines deleted...]
-      <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">