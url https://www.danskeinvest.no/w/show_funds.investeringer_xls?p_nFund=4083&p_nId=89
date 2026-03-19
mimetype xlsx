--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -13,8981 +13,9071 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4515"/>
   <workbookPr date1904="false" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="28695" windowHeight="14310"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2987" uniqueCount="2987">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3017" uniqueCount="3017">
   <si>
     <t xml:space="preserve">Dato</t>
   </si>
   <si>
     <t xml:space="preserve">Investering</t>
   </si>
   <si>
     <t xml:space="preserve">ISIN</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Valuta</t>
   </si>
   <si>
     <t xml:space="preserve">Land</t>
   </si>
   <si>
     <t xml:space="preserve">%</t>
   </si>
   <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 4.875% 23.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECH82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGYPT TASKEEK CO 10.875% 28.02.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2530049837</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 7.5% 02.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EG61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HT09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6.95% 15.03.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECW59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M BANK CLOSED JSC 9.875% 19.12.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3258543324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HS26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5.5% 18.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2689949399</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
     <t xml:space="preserve">DEVT BANK OF MONGOLIA 8.5% 03.07.2028</t>
   </si>
   <si>
     <t xml:space="preserve">XS3084026817</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Mongolia </t>
   </si>
   <si>
-    <t xml:space="preserve">DOMINICAN REPUBLIC 4.875% 23.09.2032</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">USP3579ECH82</t>
+    <t xml:space="preserve">ROMANIA 5.875% 11.07.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3021378032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EAGLE FUNDING LUXCO SARL 5.5% 17.08.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USL2660VAA37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 5.5% 04.04.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US731011AW25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UZBEKNEFTEGAZ 4.75% 16.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2010026727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 3.849% 28.06.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AL92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 6.625% 15.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CL22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.01.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HU71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF MOROCCO 5.95% 08.03.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2595028452</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marokko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 4.75% 16.04.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1807306300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 6.33% 13.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBV57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ECUADOR 8.75% 29.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3285368620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 5.5% 18.03.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US731011AZ55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LAOS GOVERNMENT INTL BON 11.25% 12.11.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3225349573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lao People'S Democratic Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 6.4% 14.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BT07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NOMURA INTL FUNDING PTE 6.5% 10.10.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2969307417</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Singapore </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANCO NACIONAL DE PANAMA 2.5% 11.08.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP1559LAA72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ECUADOR 31.07.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2214238441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HV54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 5.125% 18.09.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US731011AY80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 8.25% 28.09.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2384704800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 7.25% 12.01.2056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CN87</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 4.975% 20.04.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US760942BD38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 5.5% 26.03.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2744128369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.3% 14.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DT49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 8.375% 07.11.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EQ44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 7.5% 16.02.2061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2297221405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 8.75% 14.04.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2446175577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 8% 01.03.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BY91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 8.625% 04.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2989586941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 6.001% 16.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3273873912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 7.05% 03.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECR64</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Dominican Republic </t>
   </si>
   <si>
+    <t xml:space="preserve">REPUBLIC OF GABON 9.5% 18.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3000946437</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gabon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 4.75% 26.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1824424706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 4.75% 14.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2585987683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS DEL PERU SA 4.75% 19.06.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP7808BAA54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF MOROCCO 6.5% 08.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2595028700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marokko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 8.875% 29.05.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2176899701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISLAMIC REP OF PAKISTAN 8.875% 08.04.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2322321964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPARTMENT BERNINA 7.625% 08.04.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2979695520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF MOZAMBIQUE 15.09.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2051203862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mozambique </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 7.125% 12.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DP27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ECUADOR 31.07.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2214239175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GHANA 03.07.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2893151287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ghana </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF UZBEKISTAN 5.375% 20.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1953915136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 7.75% 07.11.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EP60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ECUADOR 9.25% 29.01.2039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3283442112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF JORDAN 7.5% 13.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2602742285</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jordan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF ULAANBAATAAR MON 7.75% 21.08.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2914292383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GHANA 03.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2893147251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ghana </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISTANBUL METROPOLITAN MU 10.75% 12.04.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2468421248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">STATE BANK JSC 8.9% 25.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3165500375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARCELIK AS 8.5% 25.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2695038401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOVERNMENT OF JAMAICA 7.875% 28.07.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US470160CB63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jamaica </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IDC OVERSEAS LTD 9% 30.03.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3028075748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 5.625% 19.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3183160236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5% 18.01.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2577136109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 7.625% 28.11.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1717013095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIN DEPT GOVT SHARJAH 4.625% 13.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2997411686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 10% 07.02.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QDP46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 7.69% 23.01.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QDD16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 6% 26.09.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3101499260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 3.875% 16.02.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2297220423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF JORDAN 7.375% 10.10.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1577950311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jordan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TURKIYE VAKIFLAR BANKASI 9% 12.10.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2677517497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5% 29.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2755904526</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 5.95% 08.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBQ62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 6.3% 22.06.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AZ74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 3.5% 25.01.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863DL94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.875% 14.01.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DU12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIN DEPT GOVT SHARJAH 4.375% 10.03.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2302929901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS DEL PERU SA 5.625% 19.06.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP7808BAB38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEORGIAN RAILWAY JSC 4% 17.06.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2340149439</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Georgien </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 8.5% 31.01.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1558078496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 6% 20.10.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CF53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 7.95% 19.11.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2917537875</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARANA MULTI INFRASTRUKT 2.05% 11.05.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2340901607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVELOPMENT BANK OF KAZA 5.625% 07.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3032932645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SENEGAL 5.375% 08.06.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2333676133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMAN GOV INTERNTL BOND 6.75% 17.01.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1750114396</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YAPI VE KREDI BANKASI AS PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2796491681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICA ICTAS ALTYAPI YAVUZ 7.536% 31.10.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2924873719</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 7.375% 28.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2384701020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 6.75% 23.09.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3101499773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5.125% 13.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2974923497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KSA SUKUK LTD 4.274% 22.05.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2626270040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 1.2% 28.04.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2334361354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 6% 12.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2838999691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.75% 21.09.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QCC42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DELPHOS COMPMT LUNGHIN 10% 03.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2988523069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5.75% 30.09.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205BB97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KAZAKHSTAN 5% 01.07.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3093655341</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 5.375% 21.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325ET82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">POWER SECTOR ASSETS &amp; LI 9.625% 15.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US637193BA03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 9.375% 08.05.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1819680528</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 6.25% 18.03.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CG37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 5.25% 15.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DZ65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SENEGAL 4.75% 13.03.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1790104530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 5.85% 02.07.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBE92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 6.75% 11.07.2039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3021378388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 6.853% 28.03.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BV52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI ARABIAN OIL CO 5.875% 17.07.2064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2861555964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 5.95% 15.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DA57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 7.375% 25.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325ER27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 7.625% 15.05.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DK30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDGH GMTN RSC LTD 3.95% 21.05.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2175968580</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARIAN DEVELOPMENT BA 6.5% 29.06.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2630760796</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI COMMERCIAL BNK 5.375% 18.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2651081304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 3.5% 14.02.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780CR58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.9% 16.04.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780ED45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 6.375% 18.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2689948078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.25% 15.08.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAU00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 5.65% 13.01.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863EE43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 6.125% 15.03.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CH10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 6.25% 22.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2574267261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5% 16.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2747599095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 8% 26.11.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2083302419</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 5.375% 26.09.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3101499187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 6.1% 11.08.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AB11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 9.45% 04.02.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2990500766</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAMRUK KAZYNA JSC 2% 28.10.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2399149694</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 05.08.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP17625AD98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 5% 27.01.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756BW95</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 5.5% 06.11.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CM05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESA NACIONAL DEL PET 5.25% 06.11.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP37110AN62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 6.125% 21.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EU55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 2.252% 29.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BN37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 6% 19.09.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1110833123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6% 07.05.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BAZ31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 9.125% 26.11.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2083302500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI PORTS CO PJSC 2.5% 06.05.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2338173680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 7.05% 04.10.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAR70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 7.5% 10.02.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2999564581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5.25% 29.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2987801359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 15.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966241445</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ECUADOR 0% 31.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2214239506</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ecuador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 15.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966242096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI GOVT INT'L 5.5% 30.04.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2811094213</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 5.5% 22.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECP09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROVINCE OF SANTA FE 8.1% 11.12.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP84641AD49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2.875% 26.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1420357318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KYRGYZ REP INTL BOND 7.75% 03.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3080755591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kyrgyzstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 9.25% 17.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP01012CF16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.875% 18.07.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2577135127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 7.0529% 15.01.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2079842642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.125% 12.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3267899683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.375% 12.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3267899840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 5.875% 28.10.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECZ80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 5.9% 04.02.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286DH75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.338% 04.05.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BAX82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 3.45% 02.02.2061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2294323386</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAPCO ENERGIES SUKUK LTD 5.25% 08.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2328888149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895056013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KENYA 9.75% 16.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2764839945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenya </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORP FINANCIERA DE DESAR 2.4% 28.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3R94GAY57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 5.6% 15.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780EA06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERTAMINA HULU ENERGI PT 5.25% 21.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US74449AAA97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF MONTENEGRO 7.25% 12.03.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2779850630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montenegro </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 0.9% 14.02.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2100404396</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIN DEPT GOVT SHARJAH 3.625% 10.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2302929810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK GOSPODARSTWA KRAJOW 6.25% 09.07.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2851609102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 5.625% 18.10.2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NAS38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 6.78% 13.01.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBW31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOI FINANCE BV 7.5% 16.02.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2348767083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5.75% 24.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908633683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KSA SUKUK LTD 4.511% 22.05.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2626274463</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 4.75% 14.01.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CB40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HAZINE MUSTESARLIGI VARL 7.25% 24.02.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2441287773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI GOVT INT'L 3.125% 30.09.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2057866191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MVM ENERGETIKA ZRT 6.5% 13.03.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2783579704</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 3.375% 05.03.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3015244711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OQ SAOC 5.125% 06.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2248458395</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.4% 07.05.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBA70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HONDURAS GOVERNMENT 8.625% 27.11.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5178RAE82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Honduras </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISLAMIC REP OF PAKISTAN 6.875% 05.12.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1729875598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KAZAKHSTAN 5.5% 01.07.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3093658014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KENYA 9.5% 05.03.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3010561762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenya </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADNOC MURBAN RSC LTD 4.5% 11.09.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2898198432</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.55% 06.02.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAS53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.125% 15.01.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2970332552</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISLAMIC REP OF PAKISTAN 7.375% 08.04.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2322319638</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRINIDAD &amp; TOBAGO 5.95% 14.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP93960AJ47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trinidad And Tobago </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 6.625% 22.03.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1796266754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 6.875% 17.10.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2064786911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMAN GOV INTERNTL BOND 6% 01.08.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1944412748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 5.1% 18.06.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US760942BA98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARMENIA 3.95% 26.09.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2010043904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Armenia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 1.75% 28.04.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2334361511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5.65% 27.09.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AX27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895056526</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 4.75% 27.04.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BAK61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIN DEPT GOVT SHARJAH 4.625% 17.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2845228001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.6% 13.06.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAQ97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 1% 23.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2388561677</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895056369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARMENIA 3.6% 02.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2010028939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Armenia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KENYA 6.3% 23.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2354781614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenya </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5.25% 10.03.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2999533271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.875% 13.05.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBC37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EESTI ENERGIA AS PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2824761188</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 21.10.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP17625AE71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 6.125% 19.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3699PGK77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.75% 16.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2747598444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE RAIL (RAIL CAPL) 15.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2365120885</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ISLAMIC REP OF PAKISTAN 6% 08.04.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2322319398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.5% 03.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DN78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 5.25% 10.09.2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US760942BG68</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 5.875% 30.01.2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECG00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAKISTAN WATER &amp; POWER 7.5% 04.06.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2348591707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 3.625% 16.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2975276143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 3.625% 11.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2746102479</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUBAI GOVT INT'L BONDS 3.9% 09.09.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2226973522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.95% 28.01.2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QDF63</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5.875% 20.04.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205BC70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK BAHRAIN &amp; KUWAIT 6.875% 06.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2834924867</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.625% 29.01.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBF67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUCI SECOND INVEST CO 4.375% 10.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2898168799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 8% 14.11.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EL56</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2.75% 14.04.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2330514899</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 3.875% 15.01.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2974517075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAITEREK NATIONAL MANAGI 4.65% 01.10.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3189694345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5.625% 29.07.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2987801433</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 5.375% 12.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US857524AH50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 1.3% 23.03.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2387734317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMAN GOV INTERNTL BOND 6.5% 08.03.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1575968026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 7.625% 21.09.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP01012AM84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2.625% 02.12.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2258400162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895056955</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 07.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP17625AB33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUWAIT INTL BOND 4.016% 09.10.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3190721012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuwait </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 5.875% 17.10.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2064786754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUWAIT INTL BOND 4.136% 09.10.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3190721525</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kuwait </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 5.625% 16.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1807305328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 8.375% 24.03.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2445169985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADM ELEKTRIK DAGITIM AS 9.5% 05.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3260262988</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6.85% 27.01.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579EBE60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK MILLENNIUM SA 18.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2684974046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5.375% 13.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2974968161</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAIXA ECONOMICA FEDERAL 5.625% 13.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US12804DAA28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 7.625% 26.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123CT57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 2.78% 01.12.2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DQ26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 9.125% 13.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DJ66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 4.85% 30.09.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205BA15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 6.375% 11.04.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1980255936</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 10.375% 09.12.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2948512913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HW38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 6.125% 15.06.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1631415400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 8.25% 09.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1819680288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.875% 12.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3267901174</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 3.75% 14.01.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2975303483</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.75% 10.09.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DX18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AFRICAN DEVELOPMENT BANK PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US008281BF39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EDO SUKUK LTD 5.875% 21.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2689095086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 6.25% 25.01.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2290957732</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 8% 20.04.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EF88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 5.625% 22.09.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBL36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVENIR ISSUER IV IRLND 10.75% 26.06.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3111840834</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.35% 09.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BAV27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 3.7% 30.10.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780CN45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 4.875% 12.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US857524AF94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 5.95% 25.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579EBV85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDGH GMTN RSC LTD 3.7% 07.11.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2075924048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 7% 04.04.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3699PGH49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 4.6% 23.01.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91086QBF46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BBVA MEX BANCA GRUPO TX 08.01.2039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP1S81BAB48</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ANGOLA 9.244% 15.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3204248440</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Angola </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBB INTL SUKUK PROG WLL 5.8735% 06.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3197741732</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDONESIA GOVT SUKUK 3.8% 23.06.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71567RAQ92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.125% 09.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBR06</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 6.25% 26.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2580269426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 4.875% 22.03.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2971937672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IIFL FINANCE LTD 8.75% 24.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY3R78RET83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">India </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENIN INTL GOV BOND 6.875% 19.01.2052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2286298711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KSA SUKUK LTD 5.25% 04.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2829208599</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANCO BBVA PERU SA 07.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP07760AH74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2% 28.01.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2109812508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GABON BLUE BOND MASTER 6.097% 01.08.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USU35914AA51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FORTEBANK JSC 7.75% 04.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2985300156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 5.175% 05.09.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286DD61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.875% 15.08.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAV82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOCAR TURK ENRG FUNDING 7.23% 17.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2477752260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 7.125% 17.07.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DL13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.7% 10.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DU78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 3.125% 15.05.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2170186923</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 4.9% 01.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAH98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENSAIF PIPELINES BIDC 6.129% 23.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2542166231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 8.25% 30.01.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2752065479</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 6.125% 22.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2574267188</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 6.3% 08.09.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBR46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UZAUTO MOTORS AJ 7.375% 19.11.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3187746097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK GOSPODARSTWA KRAJOW 5.375% 22.05.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2625207571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6% 14.01.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123BJ84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIN DEPT GOVT SHARJAH 4% 28.07.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2207514063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.65% 20.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DN36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 6.55% 03.04.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3699PGM34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INDUSTRIAL SUBORD TR 2.0 15.04.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG4800DAA66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVOI MINING METALLURGIC 6.75% 14.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3055730355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 5.125% 02.02.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBP89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 3.7% 30.01.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBF08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF AZERBAIJAN 3.5% 01.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1678623734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azerbaijan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UZBEKISTAN INTL BOND 6.9474% 25.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3008644737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 5.75% 11.05.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123CM05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENKO WIND PROJECTS MU 7.25% 27.09.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USV3856JAB99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mauritius </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COLOMBIA TELECOMUNICACIO 4.95% 17.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP28768AC69</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 20.11.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1720805537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">IVORY COAST 8.075% 01.04.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3030237120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cote D'Ivoire </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAGYAR EXPORT-IMPORT BAN 6% 16.05.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2719137965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895055981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 8.6308% 13.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3218072919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROVINCIA DE BUENOS AIRE 01.09.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2385150334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5.25% 29.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2755904799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5.125% 24.09.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908644615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YPF SOCIEDAD ANONIMA 8.25% 17.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP989MJBY67</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5% 17.04.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1791939736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAGELLAN CAPITAL HOLD 08.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2852966501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KONDOR FINANCE PLC (NAK) 7.125% 19.07.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2027394233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Storbritannia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 15.06.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966242179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 7.3% 13.11.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3699PGN17</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 4.375% 05.06.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAG16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRINIDAD &amp; TOBAGO 6.5% 28.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP93960AL92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trinidad And Tobago </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 4.95% 28.04.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AJ47</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 5.442% 14.02.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US760942BH42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 7.375% 13.05.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBD10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATIONAL BANK OF UZBEKIS 7.2% 17.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3107110390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 5.5% 30.03.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638FC12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SURINAME INT 7.7% 06.11.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP68788AE10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suriname </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 15.05.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966241957</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TC ZIRAAT BANKASI AS 9.5% 01.08.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2581381634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.95% 16.09.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DR82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENIN INTL GOV BOND 8.375% 23.01.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2976334222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 7.5% 01.03.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BX19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 2.75% 21.04.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1172951508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GABON 6.625% 06.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2113615228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gabon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 4.875% 16.04.2043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123CB40</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI ELECTRICITY SUKUK 4.942% 13.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2763630774</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 4.125% 11.01.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2746103014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADNOC MURBAN RSC LTD 5.125% 11.09.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2898198515</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 15.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966241361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TURK IHRACAT KR BK 6.875% 03.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3034601446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 3% 16.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2975280509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRINIDAD &amp; TOBAGO 4.5% 26.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP93960AH80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trinidad And Tobago </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 4.375% 05.02.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBB93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 3.75% 21.01.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2109770151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF MOROCCO 3.875% 02.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3041270664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marokko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 5.75% 16.01.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2747599509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 4.65% 07.10.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAN66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 6.125% 07.10.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3198384813</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EQUATE SUKUK SPC LTD 5% 05.09.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2829198857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SRI LANKA 4% 15.04.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2966242500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 5.5% 04.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286DG92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVOI MINING METALLURGIC 6.95% 17.10.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2911115645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OMNIYAT SUKUK 1 LTD 8.375% 06.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3065329446</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 2.75% 25.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2447602793</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF MOROCCO 4.75% 02.04.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3041322051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marokko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUTAMA KARYA PERSERO PT 3.75% 11.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY7141MAA72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6% 13.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBB53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 3% 01.02.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286CC97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 9.625% 09.06.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2948511949</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 6.5% 26.09.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2580270275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SURINAME INT 8.5% 06.11.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP68788AF84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suriname </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF RWANDA 5.5% 09.08.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2373051320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rwanda </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 5.95% 08.01.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY20721BP35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 02.11.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1313654623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF JORDAN 7.75% 15.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2490731721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jordan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF BUENOS AIRES 7.8% 26.11.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3237223311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 7.45% 30.04.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579EAY34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGSTON AIRPORT REV FIN 6.75% 15.12.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG5265VAA10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI COMMERCIAL BNK PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2725803162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 5.6% 13.03.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AF25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 3.875% 12.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CC23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.84% 23.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QDC33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 3.625% 04.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2985434948</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZIRAAT KATILIM VARLIK 9.375% 12.11.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2699906512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 4.5% 01.04.2056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BM53</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 9.1297% 13.01.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3218073057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHILE ELECTRICITY LUX 6.01% 20.01.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USL15669AA91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK MANDIRI PT 4.9% 24.03.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3011307678</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UZBEKISTAN INTL BOND 5.1% 25.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3008639810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.55% 11.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DQ66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 3.16% 23.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BK97</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2.5% 08.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1768067297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 6.75% 09.02.2056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBS88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BAITEREK NATIONAL MANAGI 5.45% 08.05.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3067899610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TMS ISSUER SARL 5.78% 23.08.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2568343672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GABON 7% 24.11.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2407752711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gabon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BULGARIA 4.5% 27.01.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2579483319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulgaria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 5% 19.09.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3183159733</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 6.44% 26.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBT02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANCO DE CREDITO DEL PER 30.07.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US05971V2J35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.05% 06.08.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAT37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 8.25% 10.04.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS0146173371</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CAMEROON 9.5% 31.07.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2869469333</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cameroon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 5.15% 10.09.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DW35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 5.625% 09.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BBQ23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5.25% 13.10.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2542162248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 6.5% 21.01.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325EV39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 5.875% 26.06.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123DC14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3261834314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 5.625% 21.02.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756BY51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MBANK SA 11.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2680046021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 15.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US922646AS37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVELOPMENT BANK OF KAZA 4.6% 31.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3204113354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NATIONAL BANK OF UZBEKIS 8.5% 05.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2853544398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 3.375% 08.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1768074319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 3.375% 28.01.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2109813142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 6.25% 10.09.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2999552909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERTAMINA GEOTHERMAL ENE 5.15% 27.04.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY7140EAA65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLUSPETROL SA 8.5% 30.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP7924AAA62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.625% 17.02.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123CG37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.375% 16.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1936302865</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF JORDAN 5.85% 07.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2199272662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jordan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 7.3% 20.04.2052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205BE37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAV HAVALIMANLARI HOLDIN 8.5% 07.12.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2729164462</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895057177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF KENYA 8.25% 28.02.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1781710626</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kenya </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 7.875% 01.03.2057</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BZ66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 1.45% 18.09.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2012546714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI FUTURE ENERGY 4.875% 21.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3074432959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UZBEK INDUSTRIAL AND CON PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3200158478</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 5% 27.09.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2538440780</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895057334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 07.05.2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP17625AA59</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 26.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1196419854</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI GOVT INT'L 3% 15.09.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2386638816</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 26.02.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1196417569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 1.1% 12.03.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2280331898</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2.875% 13.04.2042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2364200514</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVELOPMENT BANK OF KAZA 5.25% 23.10.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2917067204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 6.625% 06.10.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3198652847</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 3.125% 21.09.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2388586583</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COSTA RICA GOVERNMENT 7.158% 12.03.2045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3699PGJ05</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 3.624% 26.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2178857954</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVOI MINING METALLURGIC 6.7% 17.10.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2902087936</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA GLOBAL SUKUK LTD 4.75% 02.10.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908723328</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GOLOMT BANK OF MONGOLIA 11% 20.05.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY27906AA76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GACI FIRST INVESTMENT 5.375% 29.01.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2755904872</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENIN INTL GOV BOND 7.96% 13.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2759982064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF POLAND 5.75% 16.11.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US857524AE20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polen </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF MOROCCO 4% 15.12.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2270577344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marokko </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTEGO BAY AIRPORT REVE 6.6% 15.06.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG6211BAA82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TURK IHRACAT KR BK 9% 28.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2692231975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAGYAR EXPORT-IMPORT BAN 4.5% 27.11.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2947186131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NPC UKRENERGO 09.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2404309754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.7% 16.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71643VAB18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6% 22.02.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECN50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KSA SUKUK LTD 5.25% 04.06.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2830523465</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVENIR ISSUER IV IRLND 6% 25.10.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2933572856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 5.375% 24.04.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAK28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 5.1% 10.02.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780DV51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HONDURAS GOVERNMENT 6.25% 19.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5178RAC27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Honduras </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAMPA ENERGIA SA 7.875% 16.12.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP7464EAT30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QATAR ENERGY 3.125% 12.07.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2359548935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qatar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BENIN INTL GOV BOND 4.95% 22.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2366832496</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benin </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 6% 24.09.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908645265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MVM ENERGETIKA ZRT 7.5% 09.06.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2634075399</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ungarn </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONGOLIA INTL BOND 8.65% 19.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY6142NAG35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI FUTURE ENERGY 5.375% 21.05.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3074435978</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
     <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2030</t>
   </si>
   <si>
-    <t xml:space="preserve">US040114HS26</t>
+    <t xml:space="preserve">ARARGE3209S6</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Argentina </t>
   </si>
   <si>
-    <t xml:space="preserve">DOMINICAN REPUBLIC 6.95% 15.03.2037</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">USP3579ECW59</t>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.75% 11.02.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780CH76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 3.23% 28.07.2121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DR09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GHANA 0% 03.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2893147681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ghana </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAZMUNAYGAS NATIONAL CO 3.5% 14.04.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2242422397</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BULGARIA 4.25% 05.09.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2890435600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulgaria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">YPF SOCIEDAD ANONIMA 9.5% 17.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP989MJBU46</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 27.11.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS0707820659</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TELECOMMUNICATIONS CO TE 7% 28.10.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2921374273</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SENEGAL 6.25% 23.05.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1619155564</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FEDERAL REP OF ETHIOPIA 11.12.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1151974877</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ethiopia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GREENSAIF PIPELINES BIDC 6.51% 23.02.2042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2542166744</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONGOLIA INTL BOND 6.625% 25.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY6142NAJ73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI INTERNATIONAL BOND 4.5% 26.10.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1508675508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saudi Arabia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 7.375% 14.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2172965282</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESA DE LOS FERROCARR 3.068% 18.08.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3742RAW09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 7.1% 19.11.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908172260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUDI ELECTRICITY SUKUK 5.194% 13.02.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2763630857</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBB INTL SUKUK PROG WLL 6.25% 18.10.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2611617619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEVELOPMENT BANK OF KAZA 5.5% 15.04.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2800066297</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMISION FEDERAL DE ELEC 6.45% 24.01.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP30179CR77</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 4.85% 22.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863EB04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ENERGUATE TRUST 2 0 6.35% 15.09.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG3040LAB83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRINIDAD &amp; TOBAGO 6.4% 26.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP93960AK10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trinidad And Tobago </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA GLOBAL SUKUK LTD 4.25% 02.10.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2908722783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 4.75% 05.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286DC88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PROVINCIA DE LA RIOJA 24.02.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP6S52BAA07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PT PERTAMINA (PERSERO) 6.5% 27.05.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY7138AAB62</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 7.696% 23.02.2038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1777972941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 3.87% 23.07.2060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BL70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5% 12.10.2046</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AV60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROP SUKUK TRUST 5.045% 06.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY7329CAA37</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 6.2% 30.06.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638FD94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARDSHININVESTBK (DILIJAN 6.6% 22.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3239201414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nederland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARMENIA 6.75% 12.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3020792696</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Armenia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">QATAR ENERGY 3.3% 12.07.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2357494751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Qatar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABU DHABI COMMERCIAL BNK 10.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2893176276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 4.25% 17.07.2042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NAQ71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 4.95% 05.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863DZ80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 3.3% 11.03.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DS81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MEXICO CITY ARPT TRUST 3.875% 30.04.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP6629MAC66</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF ARGENTINA 1% 09.07.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US040114HX11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Argentina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 7.125% 13.05.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756CJ75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 9.65% 21.11.2054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP01012CH71</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BANK MUSCAT SAOG 4.75% 17.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2310799809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESAS PUBLIC MEDELLIN 4.375% 15.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP9379RBC09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 7.5% 12.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2764424813</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INSTITUTO COSTARRICENSE 6.75% 07.10.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP56226AV89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kroatia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHARJAH SUKUK PROGRAM 2.942% 10.06.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2182820329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CORP FINANCIERA DE DESAR 5.5% 06.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3R94GBP32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 22.04.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1396347566</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESA DE TRANSPORTE ME 4.7% 07.05.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP37466AS18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHARJAH SUKUK PROGRAM 3.234% 23.10.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2067187810</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAK CAPITAL 5% 12.03.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS3016636683</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIR BALTIC CORPORATION 14.5% 14.08.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2800678224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Latvia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 13.10.2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP97475AP55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 25.05.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1419879769</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIMA METRO LINE 2 FIN LT 4.35% 05.04.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG54897AB28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 4.375% 05.03.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286DE45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 4.5% 03.05.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAF33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SERBIA 1.5% 26.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2015296465</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Serbia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 7.15% 24.02.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECX33</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Dominican Republic </t>
   </si>
   <si>
-    <t xml:space="preserve">REPUBLIC OF ARGENTINA 09.07.2035</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">XS2689949399</t>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 9.5% 15.07.2052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP01012CC84</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF TURKIYE 6.875% 17.03.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US900123AY60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tyrkia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKRAINE GOVERNMENT 01.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2895056872</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ukraina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 6% 09.02.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AN58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 7.625% 29.05.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2176897754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6% 19.07.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECB13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CFE FIBRA E 5.875% 23.09.2040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP24038AA23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SENEGAL 7.75% 10.06.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2838363476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Senegal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 8.7002% 01.03.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1953057491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAZMUNAYGAS NATIONAL CO 6.375% 24.10.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1807299331</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kazakhstan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF UZBEKISTAN 3.7% 25.11.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2263765856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzbekistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5.875% 22.06.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AY00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 21.04.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS0217249126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 5.375% 24.07.2044</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AS32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MALDIVES SUKUK ISSUANCE 9.875% 08.04.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USG5852MAA02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maldives </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 7.625% 17.01.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2571924070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PARAGUAY 6.65% 04.03.2055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP75744AT29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paraguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 7.125% 17.01.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2571923007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CODELCO INC 3.75% 15.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3143NBK92</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AEROPUERTOS DOMINICANOS 7% 30.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP0100VAC74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF JORDAN 5.75% 31.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1405770220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jordan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONGOLIAN MORTGAGE CO 11.5% 18.01.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2744911756</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNITED MEXICAN STATES 5% 07.05.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US91087BAY65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHILE ELECTRICITY LUX 5.672% 20.10.2035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USL1567LAB91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luxemburg </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESA DE TRANSPORTE ME 3.65% 07.05.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP37466AR35</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 6.125% 01.06.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAJ54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6.6% 01.06.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECU93</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 5.95% 28.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QDE98</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 8.625% 20.04.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579EAG28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBANESE REPUBLIC 03.11.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1313675974</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMISION FEDERAL DE ELEC 5.7% 24.01.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP30179CQ94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 3.24% 06.02.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863CF36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF CHILE 4.34% 07.03.2042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US168863DY16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 3% 14.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2201851172</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NEON CAPITAL LTD #230 06.01.2028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS0296831158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JPY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cayman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GUATEMALA 3.7% 07.10.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP5015VAM83</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guatemala </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 9.375% 01.04.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299AK07</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 7.143% 23.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1777972511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 3% 15.01.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DU38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF VENEZUELA 23.08.2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP17625AC16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Venezuela </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.5% 23.01.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QCP54</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 4.2% 15.10.2050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780CT15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FED REPUBLIC OF BRAZIL 5.625% 07.01.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US105756BR01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brasil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONGOLIA INTL BOND 7.875% 05.06.2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USY6142NAH18</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mongolia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF NIGERIA 7.875% 16.02.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1566179039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nigeria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 6.7% 26.01.2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299AW45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF COLOMBIA 7.375% 18.09.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US195325BK01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colombia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDGH GMTN RSC LTD 5.294% 04.06.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2830445727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EMPRESA NACIONAL DEL PET 5.95% 30.07.2034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP37110AT33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chile </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ADIB CAPITAL INVEST THRE PERP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2642454271</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBB INTL SUKUK PROG WLL 6% 12.02.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2764425117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 5.5% 30.03.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286BN61</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF SOUTH AFRICA 4.85% 27.09.2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US836205AW44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S&amp;oslash;r-Afrika </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 5% 13.01.2037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286BW60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINGDOM OF BAHRAIN 5.625% 30.09.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2058948451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bosnien &amp;amp; Hercegovina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF GHANA 0% 03.07.2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2893146873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ghana </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 8.75% 21.11.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638AP79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDGH GMTN RSC LTD 5.084% 22.05.2053</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2623206187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">United Arab Emirates </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ARAB REPUBLIC OF EGYPT 7.903% 21.02.2048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS1775617464</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Egypt </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMISION FEDERAL DE ELEC 3.875% 26.07.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP30179BK34</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 4.375% 23.01.2031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US917288BK78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uruguay </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 1.862% 01.12.2032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DP43</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PANAMA 4.5% 15.05.2047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US698299BG85</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Panama </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ROMANIA 2% 14.04.2033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2330503694</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Romanian </t>
   </si>
   <si>
-    <t xml:space="preserve">REPUBLIC OF POLAND 5.5% 04.04.2053</t>
-[...227 lines deleted...]
-    <t xml:space="preserve">XS2744128369</t>
+    <t xml:space="preserve">DOMINICAN REPUBLIC 6.4% 05.06.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP3579ECE51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dominican Republic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PERU 3.55% 10.03.2051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US715638DT64</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peru </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMISION FEDERAL DE ELEC 5% 30.07.2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2030333038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mexico </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF INDONESIA 3.35% 12.03.2071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US455780CX27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Indonesia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF EL SALVADOR 0.25% 17.04.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USP01012CE41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">El Salvador </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REPUBLIC OF PHILIPPINES 9.5% 02.02.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US718286AY36</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Filippinene </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUNGARY 7.625% 29.03.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US445545AF36</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Ungarn </t>
   </si>
   <si>
-    <t xml:space="preserve">PETROLEOS DEL PERU SA 4.75% 19.06.2032</t>
-[...212 lines deleted...]
-    <t xml:space="preserve">US91087BAZ31</t>
+    <t xml:space="preserve">ROMANIA 1.75% 13.07.2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">XS2364199757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obligasjoner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romanian </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PETROLEOS MEXICANOS 6.5% 02.06.2041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US71654QAZ54</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Mexico </t>
-  </si>
-[...8353 lines deleted...]
-    <t xml:space="preserve">Romanian </t>
   </si>
   <si>
     <t xml:space="preserve">PROVINCIA DE BUENOS AIRE 01.09.2037</t>
   </si>
   <si>
     <t xml:space="preserve">XS2385150847</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
   <si>
     <t xml:space="preserve">USD</t>
   </si>
   <si>
     <t xml:space="preserve">Argentina </t>
   </si>
   <si>
     <t xml:space="preserve">REPUBLICA ORIENT URUGUAY 7.875% 15.01.2033</t>
   </si>
   <si>
     <t xml:space="preserve">US917288BA96</t>
   </si>
   <si>
     <t xml:space="preserve">Obligasjoner</t>
   </si>
@@ -9010,55 +9100,61 @@
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="598">
+  <cellXfs count="604">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" xfId="0">
       <alignment wrapText="false"/>
     </xf>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
+    <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
     <xf numFmtId="166" xfId="0"/>
@@ -9952,13753 +10048,13891 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1">
-        <v>1.28</v>
+        <v>0.866</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1">
-        <v>0.911</v>
+        <v>0.825</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="1">
-        <v>0.723</v>
+        <v>0.676</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="1">
-        <v>0.708</v>
+        <v>0.676</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="6">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1">
-        <v>0.65</v>
+        <v>0.676</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="1">
-        <v>0.644</v>
+        <v>0.661</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>39</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="1">
-        <v>0.629</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="1">
-        <v>0.628</v>
+        <v>0.633</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="10">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>49</v>
       </c>
       <c r="E10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="1">
-        <v>0.608</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="11">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B11" t="s">
         <v>52</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="1">
-        <v>0.606</v>
+        <v>0.618</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="12">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12" s="1">
-        <v>0.587</v>
+        <v>0.599</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="13">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13" s="1">
-        <v>0.557</v>
+        <v>0.579</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="14">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="s">
         <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>69</v>
       </c>
       <c r="E14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>71</v>
       </c>
       <c r="G14" s="1">
-        <v>0.543</v>
+        <v>0.577</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="15">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="E15" t="s">
         <v>75</v>
       </c>
       <c r="F15" t="s">
         <v>76</v>
       </c>
       <c r="G15" s="1">
-        <v>0.539</v>
+        <v>0.565</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="16">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
         <v>78</v>
       </c>
       <c r="D16" t="s">
         <v>79</v>
       </c>
       <c r="E16" t="s">
         <v>80</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" s="1">
-        <v>0.517</v>
+        <v>0.556</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="17">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B17" t="s">
         <v>82</v>
       </c>
       <c r="C17" t="s">
         <v>83</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
       <c r="E17" t="s">
         <v>85</v>
       </c>
       <c r="F17" t="s">
         <v>86</v>
       </c>
       <c r="G17" s="1">
-        <v>0.507</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="18">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" t="s">
         <v>88</v>
       </c>
       <c r="D18" t="s">
         <v>89</v>
       </c>
       <c r="E18" t="s">
         <v>90</v>
       </c>
       <c r="F18" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="1">
-        <v>0.5</v>
+        <v>0.528</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="19">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>94</v>
       </c>
       <c r="E19" t="s">
         <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>96</v>
       </c>
       <c r="G19" s="1">
-        <v>0.492</v>
+        <v>0.528</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="20">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B20" t="s">
         <v>97</v>
       </c>
       <c r="C20" t="s">
         <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>101</v>
       </c>
       <c r="G20" s="1">
-        <v>0.492</v>
+        <v>0.513</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="21">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
       <c r="C21" t="s">
         <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>104</v>
       </c>
       <c r="E21" t="s">
         <v>105</v>
       </c>
       <c r="F21" t="s">
         <v>106</v>
       </c>
       <c r="G21" s="1">
-        <v>0.49</v>
+        <v>0.508</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="22">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B22" t="s">
         <v>107</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" s="1">
-        <v>0.486</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="23">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B23" t="s">
         <v>112</v>
       </c>
       <c r="C23" t="s">
         <v>113</v>
       </c>
       <c r="D23" t="s">
         <v>114</v>
       </c>
       <c r="E23" t="s">
         <v>115</v>
       </c>
       <c r="F23" t="s">
         <v>116</v>
       </c>
       <c r="G23" s="1">
-        <v>0.476</v>
+        <v>0.492</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="24">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B24" t="s">
         <v>117</v>
       </c>
       <c r="C24" t="s">
         <v>118</v>
       </c>
       <c r="D24" t="s">
         <v>119</v>
       </c>
       <c r="E24" t="s">
         <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>121</v>
       </c>
       <c r="G24" s="1">
-        <v>0.455</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="25">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
       <c r="C25" t="s">
         <v>123</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>125</v>
       </c>
       <c r="F25" t="s">
         <v>126</v>
       </c>
       <c r="G25" s="1">
-        <v>0.455</v>
+        <v>0.485</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="26">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B26" t="s">
         <v>127</v>
       </c>
       <c r="C26" t="s">
         <v>128</v>
       </c>
       <c r="D26" t="s">
         <v>129</v>
       </c>
       <c r="E26" t="s">
         <v>130</v>
       </c>
       <c r="F26" t="s">
         <v>131</v>
       </c>
       <c r="G26" s="1">
-        <v>0.453</v>
+        <v>0.473</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="27">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B27" t="s">
         <v>132</v>
       </c>
       <c r="C27" t="s">
         <v>133</v>
       </c>
       <c r="D27" t="s">
         <v>134</v>
       </c>
       <c r="E27" t="s">
         <v>135</v>
       </c>
       <c r="F27" t="s">
         <v>136</v>
       </c>
       <c r="G27" s="1">
-        <v>0.437</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="28">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B28" t="s">
         <v>137</v>
       </c>
       <c r="C28" t="s">
         <v>138</v>
       </c>
       <c r="D28" t="s">
         <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>140</v>
       </c>
       <c r="F28" t="s">
         <v>141</v>
       </c>
       <c r="G28" s="1">
-        <v>0.437</v>
+        <v>0.468</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="29">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>143</v>
       </c>
       <c r="D29" t="s">
         <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>145</v>
       </c>
       <c r="F29" t="s">
         <v>146</v>
       </c>
       <c r="G29" s="1">
-        <v>0.435</v>
+        <v>0.463</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="30">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B30" t="s">
         <v>147</v>
       </c>
       <c r="C30" t="s">
         <v>148</v>
       </c>
       <c r="D30" t="s">
         <v>149</v>
       </c>
       <c r="E30" t="s">
         <v>150</v>
       </c>
       <c r="F30" t="s">
         <v>151</v>
       </c>
       <c r="G30" s="1">
-        <v>0.434</v>
+        <v>0.462</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="31">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B31" t="s">
         <v>152</v>
       </c>
       <c r="C31" t="s">
         <v>153</v>
       </c>
       <c r="D31" t="s">
         <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>155</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" s="1">
-        <v>0.425</v>
+        <v>0.453</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="32">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B32" t="s">
         <v>157</v>
       </c>
       <c r="C32" t="s">
         <v>158</v>
       </c>
       <c r="D32" t="s">
         <v>159</v>
       </c>
       <c r="E32" t="s">
         <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>161</v>
       </c>
       <c r="G32" s="1">
-        <v>0.417</v>
+        <v>0.448</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="33">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B33" t="s">
         <v>162</v>
       </c>
       <c r="C33" t="s">
         <v>163</v>
       </c>
       <c r="D33" t="s">
         <v>164</v>
       </c>
       <c r="E33" t="s">
         <v>165</v>
       </c>
       <c r="F33" t="s">
         <v>166</v>
       </c>
       <c r="G33" s="1">
-        <v>0.412</v>
+        <v>0.448</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="34">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B34" t="s">
         <v>167</v>
       </c>
       <c r="C34" t="s">
         <v>168</v>
       </c>
       <c r="D34" t="s">
         <v>169</v>
       </c>
       <c r="E34" t="s">
         <v>170</v>
       </c>
       <c r="F34" t="s">
         <v>171</v>
       </c>
       <c r="G34" s="1">
-        <v>0.409</v>
+        <v>0.445</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="35">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B35" t="s">
         <v>172</v>
       </c>
       <c r="C35" t="s">
         <v>173</v>
       </c>
       <c r="D35" t="s">
         <v>174</v>
       </c>
       <c r="E35" t="s">
         <v>175</v>
       </c>
       <c r="F35" t="s">
         <v>176</v>
       </c>
       <c r="G35" s="1">
-        <v>0.409</v>
+        <v>0.438</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="36">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B36" t="s">
         <v>177</v>
       </c>
       <c r="C36" t="s">
         <v>178</v>
       </c>
       <c r="D36" t="s">
         <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>180</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" s="1">
-        <v>0.408</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="37">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B37" t="s">
         <v>182</v>
       </c>
       <c r="C37" t="s">
         <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>184</v>
       </c>
       <c r="E37" t="s">
         <v>185</v>
       </c>
       <c r="F37" t="s">
         <v>186</v>
       </c>
       <c r="G37" s="1">
-        <v>0.406</v>
+        <v>0.431</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="38">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B38" t="s">
         <v>187</v>
       </c>
       <c r="C38" t="s">
         <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>189</v>
       </c>
       <c r="E38" t="s">
         <v>190</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="1">
-        <v>0.4</v>
+        <v>0.413</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="39">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B39" t="s">
         <v>192</v>
       </c>
       <c r="C39" t="s">
         <v>193</v>
       </c>
       <c r="D39" t="s">
         <v>194</v>
       </c>
       <c r="E39" t="s">
         <v>195</v>
       </c>
       <c r="F39" t="s">
         <v>196</v>
       </c>
       <c r="G39" s="1">
-        <v>0.4</v>
+        <v>0.406</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="40">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B40" t="s">
         <v>197</v>
       </c>
       <c r="C40" t="s">
         <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>199</v>
       </c>
       <c r="E40" t="s">
         <v>200</v>
       </c>
       <c r="F40" t="s">
         <v>201</v>
       </c>
       <c r="G40" s="1">
-        <v>0.398</v>
+        <v>0.405</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="41">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B41" t="s">
         <v>202</v>
       </c>
       <c r="C41" t="s">
         <v>203</v>
       </c>
       <c r="D41" t="s">
         <v>204</v>
       </c>
       <c r="E41" t="s">
         <v>205</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" s="1">
-        <v>0.397</v>
+        <v>0.403</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="42">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B42" t="s">
         <v>207</v>
       </c>
       <c r="C42" t="s">
         <v>208</v>
       </c>
       <c r="D42" t="s">
         <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>210</v>
       </c>
       <c r="F42" t="s">
         <v>211</v>
       </c>
       <c r="G42" s="1">
-        <v>0.392</v>
+        <v>0.398</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="43">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B43" t="s">
         <v>212</v>
       </c>
       <c r="C43" t="s">
         <v>213</v>
       </c>
       <c r="D43" t="s">
         <v>214</v>
       </c>
       <c r="E43" t="s">
         <v>215</v>
       </c>
       <c r="F43" t="s">
         <v>216</v>
       </c>
       <c r="G43" s="1">
-        <v>0.384</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="44">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B44" t="s">
         <v>217</v>
       </c>
       <c r="C44" t="s">
         <v>218</v>
       </c>
       <c r="D44" t="s">
         <v>219</v>
       </c>
       <c r="E44" t="s">
         <v>220</v>
       </c>
       <c r="F44" t="s">
         <v>221</v>
       </c>
       <c r="G44" s="1">
-        <v>0.384</v>
+        <v>0.389</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="45">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B45" t="s">
         <v>222</v>
       </c>
       <c r="C45" t="s">
         <v>223</v>
       </c>
       <c r="D45" t="s">
         <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>225</v>
       </c>
       <c r="F45" t="s">
         <v>226</v>
       </c>
       <c r="G45" s="1">
-        <v>0.38</v>
+        <v>0.388</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="46">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B46" t="s">
         <v>227</v>
       </c>
       <c r="C46" t="s">
         <v>228</v>
       </c>
       <c r="D46" t="s">
         <v>229</v>
       </c>
       <c r="E46" t="s">
         <v>230</v>
       </c>
       <c r="F46" t="s">
         <v>231</v>
       </c>
       <c r="G46" s="1">
-        <v>0.375</v>
+        <v>0.384</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="47">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B47" t="s">
         <v>232</v>
       </c>
       <c r="C47" t="s">
         <v>233</v>
       </c>
       <c r="D47" t="s">
         <v>234</v>
       </c>
       <c r="E47" t="s">
         <v>235</v>
       </c>
       <c r="F47" t="s">
         <v>236</v>
       </c>
       <c r="G47" s="1">
-        <v>0.374</v>
+        <v>0.384</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="48">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B48" t="s">
         <v>237</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" t="s">
         <v>240</v>
       </c>
       <c r="F48" t="s">
         <v>241</v>
       </c>
       <c r="G48" s="1">
-        <v>0.374</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="49">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B49" t="s">
         <v>242</v>
       </c>
       <c r="C49" t="s">
         <v>243</v>
       </c>
       <c r="D49" t="s">
         <v>244</v>
       </c>
       <c r="E49" t="s">
         <v>245</v>
       </c>
       <c r="F49" t="s">
         <v>246</v>
       </c>
       <c r="G49" s="1">
-        <v>0.373</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="50">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
       <c r="C50" t="s">
         <v>248</v>
       </c>
       <c r="D50" t="s">
         <v>249</v>
       </c>
       <c r="E50" t="s">
         <v>250</v>
       </c>
       <c r="F50" t="s">
         <v>251</v>
       </c>
       <c r="G50" s="1">
-        <v>0.354</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="51">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B51" t="s">
         <v>252</v>
       </c>
       <c r="C51" t="s">
         <v>253</v>
       </c>
       <c r="D51" t="s">
         <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>255</v>
       </c>
       <c r="F51" t="s">
         <v>256</v>
       </c>
       <c r="G51" s="1">
-        <v>0.352</v>
+        <v>0.369</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="52">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B52" t="s">
         <v>257</v>
       </c>
       <c r="C52" t="s">
         <v>258</v>
       </c>
       <c r="D52" t="s">
         <v>259</v>
       </c>
       <c r="E52" t="s">
         <v>260</v>
       </c>
       <c r="F52" t="s">
         <v>261</v>
       </c>
       <c r="G52" s="1">
-        <v>0.35</v>
+        <v>0.367</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="53">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B53" t="s">
         <v>262</v>
       </c>
       <c r="C53" t="s">
         <v>263</v>
       </c>
       <c r="D53" t="s">
         <v>264</v>
       </c>
       <c r="E53" t="s">
         <v>265</v>
       </c>
       <c r="F53" t="s">
         <v>266</v>
       </c>
       <c r="G53" s="1">
-        <v>0.348</v>
+        <v>0.366</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="54">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B54" t="s">
         <v>267</v>
       </c>
       <c r="C54" t="s">
         <v>268</v>
       </c>
       <c r="D54" t="s">
         <v>269</v>
       </c>
       <c r="E54" t="s">
         <v>270</v>
       </c>
       <c r="F54" t="s">
         <v>271</v>
       </c>
       <c r="G54" s="1">
-        <v>0.348</v>
+        <v>0.363</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="55">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B55" t="s">
         <v>272</v>
       </c>
       <c r="C55" t="s">
         <v>273</v>
       </c>
       <c r="D55" t="s">
         <v>274</v>
       </c>
       <c r="E55" t="s">
         <v>275</v>
       </c>
       <c r="F55" t="s">
         <v>276</v>
       </c>
       <c r="G55" s="1">
-        <v>0.341</v>
+        <v>0.353</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="56">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B56" t="s">
         <v>277</v>
       </c>
       <c r="C56" t="s">
         <v>278</v>
       </c>
       <c r="D56" t="s">
         <v>279</v>
       </c>
       <c r="E56" t="s">
         <v>280</v>
       </c>
       <c r="F56" t="s">
         <v>281</v>
       </c>
       <c r="G56" s="1">
-        <v>0.339</v>
+        <v>0.351</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="57">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>284</v>
       </c>
       <c r="E57" t="s">
         <v>285</v>
       </c>
       <c r="F57" t="s">
         <v>286</v>
       </c>
       <c r="G57" s="1">
-        <v>0.339</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="58">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B58" t="s">
         <v>287</v>
       </c>
       <c r="C58" t="s">
         <v>288</v>
       </c>
       <c r="D58" t="s">
         <v>289</v>
       </c>
       <c r="E58" t="s">
         <v>290</v>
       </c>
       <c r="F58" t="s">
         <v>291</v>
       </c>
       <c r="G58" s="1">
-        <v>0.337</v>
+        <v>0.336</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="59">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B59" t="s">
         <v>292</v>
       </c>
       <c r="C59" t="s">
         <v>293</v>
       </c>
       <c r="D59" t="s">
         <v>294</v>
       </c>
       <c r="E59" t="s">
         <v>295</v>
       </c>
       <c r="F59" t="s">
         <v>296</v>
       </c>
       <c r="G59" s="1">
-        <v>0.336</v>
+        <v>0.335</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="60">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B60" t="s">
         <v>297</v>
       </c>
       <c r="C60" t="s">
         <v>298</v>
       </c>
       <c r="D60" t="s">
         <v>299</v>
       </c>
       <c r="E60" t="s">
         <v>300</v>
       </c>
       <c r="F60" t="s">
         <v>301</v>
       </c>
       <c r="G60" s="1">
         <v>0.334</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="61">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B61" t="s">
         <v>302</v>
       </c>
       <c r="C61" t="s">
         <v>303</v>
       </c>
       <c r="D61" t="s">
         <v>304</v>
       </c>
       <c r="E61" t="s">
         <v>305</v>
       </c>
       <c r="F61" t="s">
         <v>306</v>
       </c>
       <c r="G61" s="1">
         <v>0.333</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="62">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B62" t="s">
         <v>307</v>
       </c>
       <c r="C62" t="s">
         <v>308</v>
       </c>
       <c r="D62" t="s">
         <v>309</v>
       </c>
       <c r="E62" t="s">
         <v>310</v>
       </c>
       <c r="F62" t="s">
         <v>311</v>
       </c>
       <c r="G62" s="1">
-        <v>0.332</v>
+        <v>0.329</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="63">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B63" t="s">
         <v>312</v>
       </c>
       <c r="C63" t="s">
         <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>314</v>
       </c>
       <c r="E63" t="s">
         <v>315</v>
       </c>
       <c r="F63" t="s">
         <v>316</v>
       </c>
       <c r="G63" s="1">
-        <v>0.332</v>
+        <v>0.326</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="64">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B64" t="s">
         <v>317</v>
       </c>
       <c r="C64" t="s">
         <v>318</v>
       </c>
       <c r="D64" t="s">
         <v>319</v>
       </c>
       <c r="E64" t="s">
         <v>320</v>
       </c>
       <c r="F64" t="s">
         <v>321</v>
       </c>
       <c r="G64" s="1">
-        <v>0.331</v>
+        <v>0.325</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="65">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B65" t="s">
         <v>322</v>
       </c>
       <c r="C65" t="s">
         <v>323</v>
       </c>
       <c r="D65" t="s">
         <v>324</v>
       </c>
       <c r="E65" t="s">
         <v>325</v>
       </c>
       <c r="F65" t="s">
         <v>326</v>
       </c>
       <c r="G65" s="1">
-        <v>0.331</v>
+        <v>0.323</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="66">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B66" t="s">
         <v>327</v>
       </c>
       <c r="C66" t="s">
         <v>328</v>
       </c>
       <c r="D66" t="s">
         <v>329</v>
       </c>
       <c r="E66" t="s">
         <v>330</v>
       </c>
       <c r="F66" t="s">
         <v>331</v>
       </c>
       <c r="G66" s="1">
-        <v>0.33</v>
+        <v>0.319</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="67">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B67" t="s">
         <v>332</v>
       </c>
       <c r="C67" t="s">
         <v>333</v>
       </c>
       <c r="D67" t="s">
         <v>334</v>
       </c>
       <c r="E67" t="s">
         <v>335</v>
       </c>
       <c r="F67" t="s">
         <v>336</v>
       </c>
       <c r="G67" s="1">
-        <v>0.329</v>
+        <v>0.319</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="68">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B68" t="s">
         <v>337</v>
       </c>
       <c r="C68" t="s">
         <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>339</v>
       </c>
       <c r="E68" t="s">
         <v>340</v>
       </c>
       <c r="F68" t="s">
         <v>341</v>
       </c>
       <c r="G68" s="1">
-        <v>0.329</v>
+        <v>0.319</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="69">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B69" t="s">
         <v>342</v>
       </c>
       <c r="C69" t="s">
         <v>343</v>
       </c>
       <c r="D69" t="s">
         <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>345</v>
       </c>
       <c r="F69" t="s">
         <v>346</v>
       </c>
       <c r="G69" s="1">
-        <v>0.327</v>
+        <v>0.316</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="70">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B70" t="s">
         <v>347</v>
       </c>
       <c r="C70" t="s">
         <v>348</v>
       </c>
       <c r="D70" t="s">
         <v>349</v>
       </c>
       <c r="E70" t="s">
         <v>350</v>
       </c>
       <c r="F70" t="s">
         <v>351</v>
       </c>
       <c r="G70" s="1">
-        <v>0.32</v>
+        <v>0.313</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="71">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B71" t="s">
         <v>352</v>
       </c>
       <c r="C71" t="s">
         <v>353</v>
       </c>
       <c r="D71" t="s">
         <v>354</v>
       </c>
       <c r="E71" t="s">
         <v>355</v>
       </c>
       <c r="F71" t="s">
         <v>356</v>
       </c>
       <c r="G71" s="1">
-        <v>0.318</v>
+        <v>0.312</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="72">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B72" t="s">
         <v>357</v>
       </c>
       <c r="C72" t="s">
         <v>358</v>
       </c>
       <c r="D72" t="s">
         <v>359</v>
       </c>
       <c r="E72" t="s">
         <v>360</v>
       </c>
       <c r="F72" t="s">
         <v>361</v>
       </c>
       <c r="G72" s="1">
-        <v>0.317</v>
+        <v>0.306</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="73">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B73" t="s">
         <v>362</v>
       </c>
       <c r="C73" t="s">
         <v>363</v>
       </c>
       <c r="D73" t="s">
         <v>364</v>
       </c>
       <c r="E73" t="s">
         <v>365</v>
       </c>
       <c r="F73" t="s">
         <v>366</v>
       </c>
       <c r="G73" s="1">
-        <v>0.316</v>
+        <v>0.306</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="74">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B74" t="s">
         <v>367</v>
       </c>
       <c r="C74" t="s">
         <v>368</v>
       </c>
       <c r="D74" t="s">
         <v>369</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
         <v>371</v>
       </c>
       <c r="G74" s="1">
-        <v>0.313</v>
+        <v>0.306</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="75">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B75" t="s">
         <v>372</v>
       </c>
       <c r="C75" t="s">
         <v>373</v>
       </c>
       <c r="D75" t="s">
         <v>374</v>
       </c>
       <c r="E75" t="s">
         <v>375</v>
       </c>
       <c r="F75" t="s">
         <v>376</v>
       </c>
       <c r="G75" s="1">
-        <v>0.31</v>
+        <v>0.306</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="76">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B76" t="s">
         <v>377</v>
       </c>
       <c r="C76" t="s">
         <v>378</v>
       </c>
       <c r="D76" t="s">
         <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>380</v>
       </c>
       <c r="F76" t="s">
         <v>381</v>
       </c>
       <c r="G76" s="1">
-        <v>0.308</v>
+        <v>0.302</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="77">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B77" t="s">
         <v>382</v>
       </c>
       <c r="C77" t="s">
         <v>383</v>
       </c>
       <c r="D77" t="s">
         <v>384</v>
       </c>
       <c r="E77" t="s">
         <v>385</v>
       </c>
       <c r="F77" t="s">
         <v>386</v>
       </c>
       <c r="G77" s="1">
-        <v>0.306</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="78">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B78" t="s">
         <v>387</v>
       </c>
       <c r="C78" t="s">
         <v>388</v>
       </c>
       <c r="D78" t="s">
         <v>389</v>
       </c>
       <c r="E78" t="s">
         <v>390</v>
       </c>
       <c r="F78" t="s">
         <v>391</v>
       </c>
       <c r="G78" s="1">
-        <v>0.305</v>
+        <v>0.298</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="79">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B79" t="s">
         <v>392</v>
       </c>
       <c r="C79" t="s">
         <v>393</v>
       </c>
       <c r="D79" t="s">
         <v>394</v>
       </c>
       <c r="E79" t="s">
         <v>395</v>
       </c>
       <c r="F79" t="s">
         <v>396</v>
       </c>
       <c r="G79" s="1">
-        <v>0.304</v>
+        <v>0.297</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="80">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B80" t="s">
         <v>397</v>
       </c>
       <c r="C80" t="s">
         <v>398</v>
       </c>
       <c r="D80" t="s">
         <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>400</v>
       </c>
       <c r="F80" t="s">
         <v>401</v>
       </c>
       <c r="G80" s="1">
-        <v>0.301</v>
+        <v>0.295</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="81">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B81" t="s">
         <v>402</v>
       </c>
       <c r="C81" t="s">
         <v>403</v>
       </c>
       <c r="D81" t="s">
         <v>404</v>
       </c>
       <c r="E81" t="s">
         <v>405</v>
       </c>
       <c r="F81" t="s">
         <v>406</v>
       </c>
       <c r="G81" s="1">
-        <v>0.301</v>
+        <v>0.294</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="82">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B82" t="s">
         <v>407</v>
       </c>
       <c r="C82" t="s">
         <v>408</v>
       </c>
       <c r="D82" t="s">
         <v>409</v>
       </c>
       <c r="E82" t="s">
         <v>410</v>
       </c>
       <c r="F82" t="s">
         <v>411</v>
       </c>
       <c r="G82" s="1">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="83">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B83" t="s">
         <v>412</v>
       </c>
       <c r="C83" t="s">
         <v>413</v>
       </c>
       <c r="D83" t="s">
         <v>414</v>
       </c>
       <c r="E83" t="s">
         <v>415</v>
       </c>
       <c r="F83" t="s">
         <v>416</v>
       </c>
       <c r="G83" s="1">
-        <v>0.297</v>
+        <v>0.287</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="84">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B84" t="s">
         <v>417</v>
       </c>
       <c r="C84" t="s">
         <v>418</v>
       </c>
       <c r="D84" t="s">
         <v>419</v>
       </c>
       <c r="E84" t="s">
         <v>420</v>
       </c>
       <c r="F84" t="s">
         <v>421</v>
       </c>
       <c r="G84" s="1">
-        <v>0.297</v>
+        <v>0.287</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="85">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B85" t="s">
         <v>422</v>
       </c>
       <c r="C85" t="s">
         <v>423</v>
       </c>
       <c r="D85" t="s">
         <v>424</v>
       </c>
       <c r="E85" t="s">
         <v>425</v>
       </c>
       <c r="F85" t="s">
         <v>426</v>
       </c>
       <c r="G85" s="1">
-        <v>0.297</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="86">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B86" t="s">
         <v>427</v>
       </c>
       <c r="C86" t="s">
         <v>428</v>
       </c>
       <c r="D86" t="s">
         <v>429</v>
       </c>
       <c r="E86" t="s">
         <v>430</v>
       </c>
       <c r="F86" t="s">
         <v>431</v>
       </c>
       <c r="G86" s="1">
-        <v>0.295</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="87">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B87" t="s">
         <v>432</v>
       </c>
       <c r="C87" t="s">
         <v>433</v>
       </c>
       <c r="D87" t="s">
         <v>434</v>
       </c>
       <c r="E87" t="s">
         <v>435</v>
       </c>
       <c r="F87" t="s">
         <v>436</v>
       </c>
       <c r="G87" s="1">
-        <v>0.294</v>
+        <v>0.282</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="88">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B88" t="s">
         <v>437</v>
       </c>
       <c r="C88" t="s">
         <v>438</v>
       </c>
       <c r="D88" t="s">
         <v>439</v>
       </c>
       <c r="E88" t="s">
         <v>440</v>
       </c>
       <c r="F88" t="s">
         <v>441</v>
       </c>
       <c r="G88" s="1">
-        <v>0.29</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="89">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B89" t="s">
         <v>442</v>
       </c>
       <c r="C89" t="s">
         <v>443</v>
       </c>
       <c r="D89" t="s">
         <v>444</v>
       </c>
       <c r="E89" t="s">
         <v>445</v>
       </c>
       <c r="F89" t="s">
         <v>446</v>
       </c>
       <c r="G89" s="1">
-        <v>0.29</v>
+        <v>0.279</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="90">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B90" t="s">
         <v>447</v>
       </c>
       <c r="C90" t="s">
         <v>448</v>
       </c>
       <c r="D90" t="s">
         <v>449</v>
       </c>
       <c r="E90" t="s">
         <v>450</v>
       </c>
       <c r="F90" t="s">
         <v>451</v>
       </c>
       <c r="G90" s="1">
-        <v>0.288</v>
+        <v>0.279</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="91">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B91" t="s">
         <v>452</v>
       </c>
       <c r="C91" t="s">
         <v>453</v>
       </c>
       <c r="D91" t="s">
         <v>454</v>
       </c>
       <c r="E91" t="s">
         <v>455</v>
       </c>
       <c r="F91" t="s">
         <v>456</v>
       </c>
       <c r="G91" s="1">
-        <v>0.287</v>
+        <v>0.278</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="92">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B92" t="s">
         <v>457</v>
       </c>
       <c r="C92" t="s">
         <v>458</v>
       </c>
       <c r="D92" t="s">
         <v>459</v>
       </c>
       <c r="E92" t="s">
         <v>460</v>
       </c>
       <c r="F92" t="s">
         <v>461</v>
       </c>
       <c r="G92" s="1">
-        <v>0.287</v>
+        <v>0.277</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="93">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B93" t="s">
         <v>462</v>
       </c>
       <c r="C93" t="s">
         <v>463</v>
       </c>
       <c r="D93" t="s">
         <v>464</v>
       </c>
       <c r="E93" t="s">
         <v>465</v>
       </c>
       <c r="F93" t="s">
         <v>466</v>
       </c>
       <c r="G93" s="1">
-        <v>0.286</v>
+        <v>0.276</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="94">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B94" t="s">
         <v>467</v>
       </c>
       <c r="C94" t="s">
         <v>468</v>
       </c>
       <c r="D94" t="s">
         <v>469</v>
       </c>
       <c r="E94" t="s">
         <v>470</v>
       </c>
       <c r="F94" t="s">
         <v>471</v>
       </c>
       <c r="G94" s="1">
-        <v>0.284</v>
+        <v>0.275</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="95">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B95" t="s">
         <v>472</v>
       </c>
       <c r="C95" t="s">
         <v>473</v>
       </c>
       <c r="D95" t="s">
         <v>474</v>
       </c>
       <c r="E95" t="s">
         <v>475</v>
       </c>
       <c r="F95" t="s">
         <v>476</v>
       </c>
       <c r="G95" s="1">
-        <v>0.284</v>
+        <v>0.273</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="96">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B96" t="s">
         <v>477</v>
       </c>
       <c r="C96" t="s">
         <v>478</v>
       </c>
       <c r="D96" t="s">
         <v>479</v>
       </c>
       <c r="E96" t="s">
         <v>480</v>
       </c>
       <c r="F96" t="s">
         <v>481</v>
       </c>
       <c r="G96" s="1">
-        <v>0.282</v>
+        <v>0.273</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="97">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B97" t="s">
         <v>482</v>
       </c>
       <c r="C97" t="s">
         <v>483</v>
       </c>
       <c r="D97" t="s">
         <v>484</v>
       </c>
       <c r="E97" t="s">
         <v>485</v>
       </c>
       <c r="F97" t="s">
         <v>486</v>
       </c>
       <c r="G97" s="1">
-        <v>0.282</v>
+        <v>0.273</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="98">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B98" t="s">
         <v>487</v>
       </c>
       <c r="C98" t="s">
         <v>488</v>
       </c>
       <c r="D98" t="s">
         <v>489</v>
       </c>
       <c r="E98" t="s">
         <v>490</v>
       </c>
       <c r="F98" t="s">
         <v>491</v>
       </c>
       <c r="G98" s="1">
-        <v>0.278</v>
+        <v>0.272</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="99">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B99" t="s">
         <v>492</v>
       </c>
       <c r="C99" t="s">
         <v>493</v>
       </c>
       <c r="D99" t="s">
         <v>494</v>
       </c>
       <c r="E99" t="s">
         <v>495</v>
       </c>
       <c r="F99" t="s">
         <v>496</v>
       </c>
       <c r="G99" s="1">
-        <v>0.278</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="100">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B100" t="s">
         <v>497</v>
       </c>
       <c r="C100" t="s">
         <v>498</v>
       </c>
       <c r="D100" t="s">
         <v>499</v>
       </c>
       <c r="E100" t="s">
         <v>500</v>
       </c>
       <c r="F100" t="s">
         <v>501</v>
       </c>
       <c r="G100" s="1">
-        <v>0.277</v>
+        <v>0.266</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="101">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B101" t="s">
         <v>502</v>
       </c>
       <c r="C101" t="s">
         <v>503</v>
       </c>
       <c r="D101" t="s">
         <v>504</v>
       </c>
       <c r="E101" t="s">
         <v>505</v>
       </c>
       <c r="F101" t="s">
         <v>506</v>
       </c>
       <c r="G101" s="1">
-        <v>0.273</v>
+        <v>0.265</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="102">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B102" t="s">
         <v>507</v>
       </c>
       <c r="C102" t="s">
         <v>508</v>
       </c>
       <c r="D102" t="s">
         <v>509</v>
       </c>
       <c r="E102" t="s">
         <v>510</v>
       </c>
       <c r="F102" t="s">
         <v>511</v>
       </c>
       <c r="G102" s="1">
-        <v>0.272</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="103">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B103" t="s">
         <v>512</v>
       </c>
       <c r="C103" t="s">
         <v>513</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>515</v>
       </c>
       <c r="F103" t="s">
         <v>516</v>
       </c>
       <c r="G103" s="1">
-        <v>0.272</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="104">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B104" t="s">
         <v>517</v>
       </c>
       <c r="C104" t="s">
         <v>518</v>
       </c>
       <c r="D104" t="s">
         <v>519</v>
       </c>
       <c r="E104" t="s">
         <v>520</v>
       </c>
       <c r="F104" t="s">
         <v>521</v>
       </c>
       <c r="G104" s="1">
-        <v>0.27</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="105">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B105" t="s">
         <v>522</v>
       </c>
       <c r="C105" t="s">
         <v>523</v>
       </c>
       <c r="D105" t="s">
         <v>524</v>
       </c>
       <c r="E105" t="s">
         <v>525</v>
       </c>
       <c r="F105" t="s">
         <v>526</v>
       </c>
       <c r="G105" s="1">
-        <v>0.27</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="106">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B106" t="s">
         <v>527</v>
       </c>
       <c r="C106" t="s">
         <v>528</v>
       </c>
       <c r="D106" t="s">
         <v>529</v>
       </c>
       <c r="E106" t="s">
         <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>531</v>
       </c>
       <c r="G106" s="1">
-        <v>0.263</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="107">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B107" t="s">
         <v>532</v>
       </c>
       <c r="C107" t="s">
         <v>533</v>
       </c>
       <c r="D107" t="s">
         <v>534</v>
       </c>
       <c r="E107" t="s">
         <v>535</v>
       </c>
       <c r="F107" t="s">
         <v>536</v>
       </c>
       <c r="G107" s="1">
-        <v>0.26</v>
+        <v>0.256</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="108">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B108" t="s">
         <v>537</v>
       </c>
       <c r="C108" t="s">
         <v>538</v>
       </c>
       <c r="D108" t="s">
         <v>539</v>
       </c>
       <c r="E108" t="s">
         <v>540</v>
       </c>
       <c r="F108" t="s">
         <v>541</v>
       </c>
       <c r="G108" s="1">
-        <v>0.259</v>
+        <v>0.255</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="109">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
         <v>543</v>
       </c>
       <c r="D109" t="s">
         <v>544</v>
       </c>
       <c r="E109" t="s">
         <v>545</v>
       </c>
       <c r="F109" t="s">
         <v>546</v>
       </c>
       <c r="G109" s="1">
-        <v>0.258</v>
+        <v>0.252</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="110">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
         <v>548</v>
       </c>
       <c r="D110" t="s">
         <v>549</v>
       </c>
       <c r="E110" t="s">
         <v>550</v>
       </c>
       <c r="F110" t="s">
         <v>551</v>
       </c>
       <c r="G110" s="1">
-        <v>0.256</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="111">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B111" t="s">
         <v>552</v>
       </c>
       <c r="C111" t="s">
         <v>553</v>
       </c>
       <c r="D111" t="s">
         <v>554</v>
       </c>
       <c r="E111" t="s">
         <v>555</v>
       </c>
       <c r="F111" t="s">
         <v>556</v>
       </c>
       <c r="G111" s="1">
-        <v>0.253</v>
+        <v>0.249</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="112">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B112" t="s">
         <v>557</v>
       </c>
       <c r="C112" t="s">
         <v>558</v>
       </c>
       <c r="D112" t="s">
         <v>559</v>
       </c>
       <c r="E112" t="s">
         <v>560</v>
       </c>
       <c r="F112" t="s">
         <v>561</v>
       </c>
       <c r="G112" s="1">
-        <v>0.251</v>
+        <v>0.245</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="113">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B113" t="s">
         <v>562</v>
       </c>
       <c r="C113" t="s">
         <v>563</v>
       </c>
       <c r="D113" t="s">
         <v>564</v>
       </c>
       <c r="E113" t="s">
         <v>565</v>
       </c>
       <c r="F113" t="s">
         <v>566</v>
       </c>
       <c r="G113" s="1">
-        <v>0.25</v>
+        <v>0.244</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="114">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B114" t="s">
         <v>567</v>
       </c>
       <c r="C114" t="s">
         <v>568</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>571</v>
       </c>
       <c r="G114" s="1">
-        <v>0.246</v>
+        <v>0.239</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="115">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B115" t="s">
         <v>572</v>
       </c>
       <c r="C115" t="s">
         <v>573</v>
       </c>
       <c r="D115" t="s">
         <v>574</v>
       </c>
       <c r="E115" t="s">
         <v>575</v>
       </c>
       <c r="F115" t="s">
         <v>576</v>
       </c>
       <c r="G115" s="1">
-        <v>0.246</v>
+        <v>0.236</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="116">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B116" t="s">
         <v>577</v>
       </c>
       <c r="C116" t="s">
         <v>578</v>
       </c>
       <c r="D116" t="s">
         <v>579</v>
       </c>
       <c r="E116" t="s">
         <v>580</v>
       </c>
       <c r="F116" t="s">
         <v>581</v>
       </c>
       <c r="G116" s="1">
-        <v>0.245</v>
+        <v>0.235</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="117">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B117" t="s">
         <v>582</v>
       </c>
       <c r="C117" t="s">
         <v>583</v>
       </c>
       <c r="D117" t="s">
         <v>584</v>
       </c>
       <c r="E117" t="s">
         <v>585</v>
       </c>
       <c r="F117" t="s">
         <v>586</v>
       </c>
       <c r="G117" s="1">
-        <v>0.245</v>
+        <v>0.234</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="118">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B118" t="s">
         <v>587</v>
       </c>
       <c r="C118" t="s">
         <v>588</v>
       </c>
       <c r="D118" t="s">
         <v>589</v>
       </c>
       <c r="E118" t="s">
         <v>590</v>
       </c>
       <c r="F118" t="s">
         <v>591</v>
       </c>
       <c r="G118" s="1">
-        <v>0.243</v>
+        <v>0.234</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="119">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B119" t="s">
         <v>592</v>
       </c>
       <c r="C119" t="s">
         <v>593</v>
       </c>
       <c r="D119" t="s">
         <v>594</v>
       </c>
       <c r="E119" t="s">
         <v>595</v>
       </c>
       <c r="F119" t="s">
         <v>596</v>
       </c>
       <c r="G119" s="1">
-        <v>0.243</v>
+        <v>0.234</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="120">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B120" t="s">
         <v>597</v>
       </c>
       <c r="C120" t="s">
         <v>598</v>
       </c>
       <c r="D120" t="s">
         <v>599</v>
       </c>
       <c r="E120" t="s">
         <v>600</v>
       </c>
       <c r="F120" t="s">
         <v>601</v>
       </c>
       <c r="G120" s="1">
-        <v>0.241</v>
+        <v>0.231</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="121">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B121" t="s">
         <v>602</v>
       </c>
       <c r="C121" t="s">
         <v>603</v>
       </c>
       <c r="D121" t="s">
         <v>604</v>
       </c>
       <c r="E121" t="s">
         <v>605</v>
       </c>
       <c r="F121" t="s">
         <v>606</v>
       </c>
       <c r="G121" s="1">
-        <v>0.241</v>
+        <v>0.231</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="122">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B122" t="s">
         <v>607</v>
       </c>
       <c r="C122" t="s">
         <v>608</v>
       </c>
       <c r="D122" t="s">
         <v>609</v>
       </c>
       <c r="E122" t="s">
         <v>610</v>
       </c>
       <c r="F122" t="s">
         <v>611</v>
       </c>
       <c r="G122" s="1">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="123">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B123" t="s">
         <v>612</v>
       </c>
       <c r="C123" t="s">
         <v>613</v>
       </c>
       <c r="D123" t="s">
         <v>614</v>
       </c>
       <c r="E123" t="s">
         <v>615</v>
       </c>
       <c r="F123" t="s">
         <v>616</v>
       </c>
       <c r="G123" s="1">
-        <v>0.239</v>
+        <v>0.229</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="124">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B124" t="s">
         <v>617</v>
       </c>
       <c r="C124" t="s">
         <v>618</v>
       </c>
       <c r="D124" t="s">
         <v>619</v>
       </c>
       <c r="E124" t="s">
         <v>620</v>
       </c>
       <c r="F124" t="s">
         <v>621</v>
       </c>
       <c r="G124" s="1">
-        <v>0.237</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="125">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B125" t="s">
         <v>622</v>
       </c>
       <c r="C125" t="s">
         <v>623</v>
       </c>
       <c r="D125" t="s">
         <v>624</v>
       </c>
       <c r="E125" t="s">
         <v>625</v>
       </c>
       <c r="F125" t="s">
         <v>626</v>
       </c>
       <c r="G125" s="1">
-        <v>0.236</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="126">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B126" t="s">
         <v>627</v>
       </c>
       <c r="C126" t="s">
         <v>628</v>
       </c>
       <c r="D126" t="s">
         <v>629</v>
       </c>
       <c r="E126" t="s">
         <v>630</v>
       </c>
       <c r="F126" t="s">
         <v>631</v>
       </c>
       <c r="G126" s="1">
-        <v>0.235</v>
+        <v>0.227</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="127">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B127" t="s">
         <v>632</v>
       </c>
       <c r="C127" t="s">
         <v>633</v>
       </c>
       <c r="D127" t="s">
         <v>634</v>
       </c>
       <c r="E127" t="s">
         <v>635</v>
       </c>
       <c r="F127" t="s">
         <v>636</v>
       </c>
       <c r="G127" s="1">
-        <v>0.233</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="128">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B128" t="s">
         <v>637</v>
       </c>
       <c r="C128" t="s">
         <v>638</v>
       </c>
       <c r="D128" t="s">
         <v>639</v>
       </c>
       <c r="E128" t="s">
         <v>640</v>
       </c>
       <c r="F128" t="s">
         <v>641</v>
       </c>
       <c r="G128" s="1">
-        <v>0.23</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="129">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B129" t="s">
         <v>642</v>
       </c>
       <c r="C129" t="s">
         <v>643</v>
       </c>
       <c r="D129" t="s">
         <v>644</v>
       </c>
       <c r="E129" t="s">
         <v>645</v>
       </c>
       <c r="F129" t="s">
         <v>646</v>
       </c>
       <c r="G129" s="1">
-        <v>0.23</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="130">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B130" t="s">
         <v>647</v>
       </c>
       <c r="C130" t="s">
         <v>648</v>
       </c>
       <c r="D130" t="s">
         <v>649</v>
       </c>
       <c r="E130" t="s">
         <v>650</v>
       </c>
       <c r="F130" t="s">
         <v>651</v>
       </c>
       <c r="G130" s="1">
-        <v>0.23</v>
+        <v>0.225</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="131">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B131" t="s">
         <v>652</v>
       </c>
       <c r="C131" t="s">
         <v>653</v>
       </c>
       <c r="D131" t="s">
         <v>654</v>
       </c>
       <c r="E131" t="s">
         <v>655</v>
       </c>
       <c r="F131" t="s">
         <v>656</v>
       </c>
       <c r="G131" s="1">
-        <v>0.229</v>
+        <v>0.224</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="132">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B132" t="s">
         <v>657</v>
       </c>
       <c r="C132" t="s">
         <v>658</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" t="s">
         <v>660</v>
       </c>
       <c r="F132" t="s">
         <v>661</v>
       </c>
       <c r="G132" s="1">
-        <v>0.229</v>
+        <v>0.223</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="133">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B133" t="s">
         <v>662</v>
       </c>
       <c r="C133" t="s">
         <v>663</v>
       </c>
       <c r="D133" t="s">
         <v>664</v>
       </c>
       <c r="E133" t="s">
         <v>665</v>
       </c>
       <c r="F133" t="s">
         <v>666</v>
       </c>
       <c r="G133" s="1">
-        <v>0.229</v>
+        <v>0.221</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="134">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B134" t="s">
         <v>667</v>
       </c>
       <c r="C134" t="s">
         <v>668</v>
       </c>
       <c r="D134" t="s">
         <v>669</v>
       </c>
       <c r="E134" t="s">
         <v>670</v>
       </c>
       <c r="F134" t="s">
         <v>671</v>
       </c>
       <c r="G134" s="1">
-        <v>0.227</v>
+        <v>0.219</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="135">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B135" t="s">
         <v>672</v>
       </c>
       <c r="C135" t="s">
         <v>673</v>
       </c>
       <c r="D135" t="s">
         <v>674</v>
       </c>
       <c r="E135" t="s">
         <v>675</v>
       </c>
       <c r="F135" t="s">
         <v>676</v>
       </c>
       <c r="G135" s="1">
-        <v>0.226</v>
+        <v>0.218</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="136">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B136" t="s">
         <v>677</v>
       </c>
       <c r="C136" t="s">
         <v>678</v>
       </c>
       <c r="D136" t="s">
         <v>679</v>
       </c>
       <c r="E136" t="s">
         <v>680</v>
       </c>
       <c r="F136" t="s">
         <v>681</v>
       </c>
       <c r="G136" s="1">
-        <v>0.226</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="137">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B137" t="s">
         <v>682</v>
       </c>
       <c r="C137" t="s">
         <v>683</v>
       </c>
       <c r="D137" t="s">
         <v>684</v>
       </c>
       <c r="E137" t="s">
         <v>685</v>
       </c>
       <c r="F137" t="s">
         <v>686</v>
       </c>
       <c r="G137" s="1">
-        <v>0.225</v>
+        <v>0.215</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="138">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B138" t="s">
         <v>687</v>
       </c>
       <c r="C138" t="s">
         <v>688</v>
       </c>
       <c r="D138" t="s">
         <v>689</v>
       </c>
       <c r="E138" t="s">
         <v>690</v>
       </c>
       <c r="F138" t="s">
         <v>691</v>
       </c>
       <c r="G138" s="1">
-        <v>0.225</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="139">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B139" t="s">
         <v>692</v>
       </c>
       <c r="C139" t="s">
         <v>693</v>
       </c>
       <c r="D139" t="s">
         <v>694</v>
       </c>
       <c r="E139" t="s">
         <v>695</v>
       </c>
       <c r="F139" t="s">
         <v>696</v>
       </c>
       <c r="G139" s="1">
-        <v>0.219</v>
+        <v>0.214</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="140">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B140" t="s">
         <v>697</v>
       </c>
       <c r="C140" t="s">
         <v>698</v>
       </c>
       <c r="D140" t="s">
         <v>699</v>
       </c>
       <c r="E140" t="s">
         <v>700</v>
       </c>
       <c r="F140" t="s">
         <v>701</v>
       </c>
       <c r="G140" s="1">
-        <v>0.219</v>
+        <v>0.213</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="141">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B141" t="s">
         <v>702</v>
       </c>
       <c r="C141" t="s">
         <v>703</v>
       </c>
       <c r="D141" t="s">
         <v>704</v>
       </c>
       <c r="E141" t="s">
         <v>705</v>
       </c>
       <c r="F141" t="s">
         <v>706</v>
       </c>
       <c r="G141" s="1">
-        <v>0.219</v>
+        <v>0.213</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="142">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B142" t="s">
         <v>707</v>
       </c>
       <c r="C142" t="s">
         <v>708</v>
       </c>
       <c r="D142" t="s">
         <v>709</v>
       </c>
       <c r="E142" t="s">
         <v>710</v>
       </c>
       <c r="F142" t="s">
         <v>711</v>
       </c>
       <c r="G142" s="1">
-        <v>0.218</v>
+        <v>0.212</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="143">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B143" t="s">
         <v>712</v>
       </c>
       <c r="C143" t="s">
         <v>713</v>
       </c>
       <c r="D143" t="s">
         <v>714</v>
       </c>
       <c r="E143" t="s">
         <v>715</v>
       </c>
       <c r="F143" t="s">
         <v>716</v>
       </c>
       <c r="G143" s="1">
-        <v>0.218</v>
+        <v>0.212</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="144">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B144" t="s">
         <v>717</v>
       </c>
       <c r="C144" t="s">
         <v>718</v>
       </c>
       <c r="D144" t="s">
         <v>719</v>
       </c>
       <c r="E144" t="s">
         <v>720</v>
       </c>
       <c r="F144" t="s">
         <v>721</v>
       </c>
       <c r="G144" s="1">
-        <v>0.218</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="145">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B145" t="s">
         <v>722</v>
       </c>
       <c r="C145" t="s">
         <v>723</v>
       </c>
       <c r="D145" t="s">
         <v>724</v>
       </c>
       <c r="E145" t="s">
         <v>725</v>
       </c>
       <c r="F145" t="s">
         <v>726</v>
       </c>
       <c r="G145" s="1">
-        <v>0.218</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="146">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B146" t="s">
         <v>727</v>
       </c>
       <c r="C146" t="s">
         <v>728</v>
       </c>
       <c r="D146" t="s">
         <v>729</v>
       </c>
       <c r="E146" t="s">
         <v>730</v>
       </c>
       <c r="F146" t="s">
         <v>731</v>
       </c>
       <c r="G146" s="1">
-        <v>0.216</v>
+        <v>0.209</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="147">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B147" t="s">
         <v>732</v>
       </c>
       <c r="C147" t="s">
         <v>733</v>
       </c>
       <c r="D147" t="s">
         <v>734</v>
       </c>
       <c r="E147" t="s">
         <v>735</v>
       </c>
       <c r="F147" t="s">
         <v>736</v>
       </c>
       <c r="G147" s="1">
-        <v>0.216</v>
+        <v>0.209</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="148">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B148" t="s">
         <v>737</v>
       </c>
       <c r="C148" t="s">
         <v>738</v>
       </c>
       <c r="D148" t="s">
         <v>739</v>
       </c>
       <c r="E148" t="s">
         <v>740</v>
       </c>
       <c r="F148" t="s">
         <v>741</v>
       </c>
       <c r="G148" s="1">
-        <v>0.215</v>
+        <v>0.209</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="149">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B149" t="s">
         <v>742</v>
       </c>
       <c r="C149" t="s">
         <v>743</v>
       </c>
       <c r="D149" t="s">
         <v>744</v>
       </c>
       <c r="E149" t="s">
         <v>745</v>
       </c>
       <c r="F149" t="s">
         <v>746</v>
       </c>
       <c r="G149" s="1">
-        <v>0.215</v>
+        <v>0.208</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="150">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B150" t="s">
         <v>747</v>
       </c>
       <c r="C150" t="s">
         <v>748</v>
       </c>
       <c r="D150" t="s">
         <v>749</v>
       </c>
       <c r="E150" t="s">
         <v>750</v>
       </c>
       <c r="F150" t="s">
         <v>751</v>
       </c>
       <c r="G150" s="1">
-        <v>0.214</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="151">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B151" t="s">
         <v>752</v>
       </c>
       <c r="C151" t="s">
         <v>753</v>
       </c>
       <c r="D151" t="s">
         <v>754</v>
       </c>
       <c r="E151" t="s">
         <v>755</v>
       </c>
       <c r="F151" t="s">
         <v>756</v>
       </c>
       <c r="G151" s="1">
-        <v>0.213</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="152">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B152" t="s">
         <v>757</v>
       </c>
       <c r="C152" t="s">
         <v>758</v>
       </c>
       <c r="D152" t="s">
         <v>759</v>
       </c>
       <c r="E152" t="s">
         <v>760</v>
       </c>
       <c r="F152" t="s">
         <v>761</v>
       </c>
       <c r="G152" s="1">
-        <v>0.212</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="153">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B153" t="s">
         <v>762</v>
       </c>
       <c r="C153" t="s">
         <v>763</v>
       </c>
       <c r="D153" t="s">
         <v>764</v>
       </c>
       <c r="E153" t="s">
         <v>765</v>
       </c>
       <c r="F153" t="s">
         <v>766</v>
       </c>
       <c r="G153" s="1">
-        <v>0.212</v>
+        <v>0.206</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="154">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B154" t="s">
         <v>767</v>
       </c>
       <c r="C154" t="s">
         <v>768</v>
       </c>
       <c r="D154" t="s">
         <v>769</v>
       </c>
       <c r="E154" t="s">
         <v>770</v>
       </c>
       <c r="F154" t="s">
         <v>771</v>
       </c>
       <c r="G154" s="1">
-        <v>0.211</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="155">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B155" t="s">
         <v>772</v>
       </c>
       <c r="C155" t="s">
         <v>773</v>
       </c>
       <c r="D155" t="s">
         <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>775</v>
       </c>
       <c r="F155" t="s">
         <v>776</v>
       </c>
       <c r="G155" s="1">
-        <v>0.21</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="156">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B156" t="s">
         <v>777</v>
       </c>
       <c r="C156" t="s">
         <v>778</v>
       </c>
       <c r="D156" t="s">
         <v>779</v>
       </c>
       <c r="E156" t="s">
         <v>780</v>
       </c>
       <c r="F156" t="s">
         <v>781</v>
       </c>
       <c r="G156" s="1">
-        <v>0.21</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="157">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B157" t="s">
         <v>782</v>
       </c>
       <c r="C157" t="s">
         <v>783</v>
       </c>
       <c r="D157" t="s">
         <v>784</v>
       </c>
       <c r="E157" t="s">
         <v>785</v>
       </c>
       <c r="F157" t="s">
         <v>786</v>
       </c>
       <c r="G157" s="1">
-        <v>0.21</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="158">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B158" t="s">
         <v>787</v>
       </c>
       <c r="C158" t="s">
         <v>788</v>
       </c>
       <c r="D158" t="s">
         <v>789</v>
       </c>
       <c r="E158" t="s">
         <v>790</v>
       </c>
       <c r="F158" t="s">
         <v>791</v>
       </c>
       <c r="G158" s="1">
-        <v>0.209</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="159">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B159" t="s">
         <v>792</v>
       </c>
       <c r="C159" t="s">
         <v>793</v>
       </c>
       <c r="D159" t="s">
         <v>794</v>
       </c>
       <c r="E159" t="s">
         <v>795</v>
       </c>
       <c r="F159" t="s">
         <v>796</v>
       </c>
       <c r="G159" s="1">
-        <v>0.209</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="160">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B160" t="s">
         <v>797</v>
       </c>
       <c r="C160" t="s">
         <v>798</v>
       </c>
       <c r="D160" t="s">
         <v>799</v>
       </c>
       <c r="E160" t="s">
         <v>800</v>
       </c>
       <c r="F160" t="s">
         <v>801</v>
       </c>
       <c r="G160" s="1">
-        <v>0.208</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="161">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B161" t="s">
         <v>802</v>
       </c>
       <c r="C161" t="s">
         <v>803</v>
       </c>
       <c r="D161" t="s">
         <v>804</v>
       </c>
       <c r="E161" t="s">
         <v>805</v>
       </c>
       <c r="F161" t="s">
         <v>806</v>
       </c>
       <c r="G161" s="1">
-        <v>0.207</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="162">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B162" t="s">
         <v>807</v>
       </c>
       <c r="C162" t="s">
         <v>808</v>
       </c>
       <c r="D162" t="s">
         <v>809</v>
       </c>
       <c r="E162" t="s">
         <v>810</v>
       </c>
       <c r="F162" t="s">
         <v>811</v>
       </c>
       <c r="G162" s="1">
-        <v>0.207</v>
+        <v>0.202</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="163">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B163" t="s">
         <v>812</v>
       </c>
       <c r="C163" t="s">
         <v>813</v>
       </c>
       <c r="D163" t="s">
         <v>814</v>
       </c>
       <c r="E163" t="s">
         <v>815</v>
       </c>
       <c r="F163" t="s">
         <v>816</v>
       </c>
       <c r="G163" s="1">
-        <v>0.206</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="164">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B164" t="s">
         <v>817</v>
       </c>
       <c r="C164" t="s">
         <v>818</v>
       </c>
       <c r="D164" t="s">
         <v>819</v>
       </c>
       <c r="E164" t="s">
         <v>820</v>
       </c>
       <c r="F164" t="s">
         <v>821</v>
       </c>
       <c r="G164" s="1">
-        <v>0.204</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="165">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B165" t="s">
         <v>822</v>
       </c>
       <c r="C165" t="s">
         <v>823</v>
       </c>
       <c r="D165" t="s">
         <v>824</v>
       </c>
       <c r="E165" t="s">
         <v>825</v>
       </c>
       <c r="F165" t="s">
         <v>826</v>
       </c>
       <c r="G165" s="1">
-        <v>0.203</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="166">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B166" t="s">
         <v>827</v>
       </c>
       <c r="C166" t="s">
         <v>828</v>
       </c>
       <c r="D166" t="s">
         <v>829</v>
       </c>
       <c r="E166" t="s">
         <v>830</v>
       </c>
       <c r="F166" t="s">
         <v>831</v>
       </c>
       <c r="G166" s="1">
-        <v>0.203</v>
+        <v>0.199</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="167">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B167" t="s">
         <v>832</v>
       </c>
       <c r="C167" t="s">
         <v>833</v>
       </c>
       <c r="D167" t="s">
         <v>834</v>
       </c>
       <c r="E167" t="s">
         <v>835</v>
       </c>
       <c r="F167" t="s">
         <v>836</v>
       </c>
       <c r="G167" s="1">
-        <v>0.202</v>
+        <v>0.198</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="168">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B168" t="s">
         <v>837</v>
       </c>
       <c r="C168" t="s">
         <v>838</v>
       </c>
       <c r="D168" t="s">
         <v>839</v>
       </c>
       <c r="E168" t="s">
         <v>840</v>
       </c>
       <c r="F168" t="s">
         <v>841</v>
       </c>
       <c r="G168" s="1">
-        <v>0.202</v>
+        <v>0.198</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="169">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B169" t="s">
         <v>842</v>
       </c>
       <c r="C169" t="s">
         <v>843</v>
       </c>
       <c r="D169" t="s">
         <v>844</v>
       </c>
       <c r="E169" t="s">
         <v>845</v>
       </c>
       <c r="F169" t="s">
         <v>846</v>
       </c>
       <c r="G169" s="1">
-        <v>0.202</v>
+        <v>0.197</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="170">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B170" t="s">
         <v>847</v>
       </c>
       <c r="C170" t="s">
         <v>848</v>
       </c>
       <c r="D170" t="s">
         <v>849</v>
       </c>
       <c r="E170" t="s">
         <v>850</v>
       </c>
       <c r="F170" t="s">
         <v>851</v>
       </c>
       <c r="G170" s="1">
-        <v>0.2</v>
+        <v>0.197</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="171">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B171" t="s">
         <v>852</v>
       </c>
       <c r="C171" t="s">
         <v>853</v>
       </c>
       <c r="D171" t="s">
         <v>854</v>
       </c>
       <c r="E171" t="s">
         <v>855</v>
       </c>
       <c r="F171" t="s">
         <v>856</v>
       </c>
       <c r="G171" s="1">
-        <v>0.2</v>
+        <v>0.196</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="172">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B172" t="s">
         <v>857</v>
       </c>
       <c r="C172" t="s">
         <v>858</v>
       </c>
       <c r="D172" t="s">
         <v>859</v>
       </c>
       <c r="E172" t="s">
         <v>860</v>
       </c>
       <c r="F172" t="s">
         <v>861</v>
       </c>
       <c r="G172" s="1">
-        <v>0.2</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="173">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B173" t="s">
         <v>862</v>
       </c>
       <c r="C173" t="s">
         <v>863</v>
       </c>
       <c r="D173" t="s">
         <v>864</v>
       </c>
       <c r="E173" t="s">
         <v>865</v>
       </c>
       <c r="F173" t="s">
         <v>866</v>
       </c>
       <c r="G173" s="1">
-        <v>0.199</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="174">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B174" t="s">
         <v>867</v>
       </c>
       <c r="C174" t="s">
         <v>868</v>
       </c>
       <c r="D174" t="s">
         <v>869</v>
       </c>
       <c r="E174" t="s">
         <v>870</v>
       </c>
       <c r="F174" t="s">
         <v>871</v>
       </c>
       <c r="G174" s="1">
-        <v>0.198</v>
+        <v>0.194</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="175">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B175" t="s">
         <v>872</v>
       </c>
       <c r="C175" t="s">
         <v>873</v>
       </c>
       <c r="D175" t="s">
         <v>874</v>
       </c>
       <c r="E175" t="s">
         <v>875</v>
       </c>
       <c r="F175" t="s">
         <v>876</v>
       </c>
       <c r="G175" s="1">
-        <v>0.197</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="176">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B176" t="s">
         <v>877</v>
       </c>
       <c r="C176" t="s">
         <v>878</v>
       </c>
       <c r="D176" t="s">
         <v>879</v>
       </c>
       <c r="E176" t="s">
         <v>880</v>
       </c>
       <c r="F176" t="s">
         <v>881</v>
       </c>
       <c r="G176" s="1">
-        <v>0.197</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="177">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B177" t="s">
         <v>882</v>
       </c>
       <c r="C177" t="s">
         <v>883</v>
       </c>
       <c r="D177" t="s">
         <v>884</v>
       </c>
       <c r="E177" t="s">
         <v>885</v>
       </c>
       <c r="F177" t="s">
         <v>886</v>
       </c>
       <c r="G177" s="1">
-        <v>0.196</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="178">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B178" t="s">
         <v>887</v>
       </c>
       <c r="C178" t="s">
         <v>888</v>
       </c>
       <c r="D178" t="s">
         <v>889</v>
       </c>
       <c r="E178" t="s">
         <v>890</v>
       </c>
       <c r="F178" t="s">
         <v>891</v>
       </c>
       <c r="G178" s="1">
-        <v>0.196</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="179">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B179" t="s">
         <v>892</v>
       </c>
       <c r="C179" t="s">
         <v>893</v>
       </c>
       <c r="D179" t="s">
         <v>894</v>
       </c>
       <c r="E179" t="s">
         <v>895</v>
       </c>
       <c r="F179" t="s">
         <v>896</v>
       </c>
       <c r="G179" s="1">
-        <v>0.194</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="180">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B180" t="s">
         <v>897</v>
       </c>
       <c r="C180" t="s">
         <v>898</v>
       </c>
       <c r="D180" t="s">
         <v>899</v>
       </c>
       <c r="E180" t="s">
         <v>900</v>
       </c>
       <c r="F180" t="s">
         <v>901</v>
       </c>
       <c r="G180" s="1">
-        <v>0.193</v>
+        <v>0.192</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="181">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B181" t="s">
         <v>902</v>
       </c>
       <c r="C181" t="s">
         <v>903</v>
       </c>
       <c r="D181" t="s">
         <v>904</v>
       </c>
       <c r="E181" t="s">
         <v>905</v>
       </c>
       <c r="F181" t="s">
         <v>906</v>
       </c>
       <c r="G181" s="1">
-        <v>0.193</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="182">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B182" t="s">
         <v>907</v>
       </c>
       <c r="C182" t="s">
         <v>908</v>
       </c>
       <c r="D182" t="s">
         <v>909</v>
       </c>
       <c r="E182" t="s">
         <v>910</v>
       </c>
       <c r="F182" t="s">
         <v>911</v>
       </c>
       <c r="G182" s="1">
-        <v>0.192</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="183">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B183" t="s">
         <v>912</v>
       </c>
       <c r="C183" t="s">
         <v>913</v>
       </c>
       <c r="D183" t="s">
         <v>914</v>
       </c>
       <c r="E183" t="s">
         <v>915</v>
       </c>
       <c r="F183" t="s">
         <v>916</v>
       </c>
       <c r="G183" s="1">
-        <v>0.192</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="184">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B184" t="s">
         <v>917</v>
       </c>
       <c r="C184" t="s">
         <v>918</v>
       </c>
       <c r="D184" t="s">
         <v>919</v>
       </c>
       <c r="E184" t="s">
         <v>920</v>
       </c>
       <c r="F184" t="s">
         <v>921</v>
       </c>
       <c r="G184" s="1">
-        <v>0.191</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="185">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B185" t="s">
         <v>922</v>
       </c>
       <c r="C185" t="s">
         <v>923</v>
       </c>
       <c r="D185" t="s">
         <v>924</v>
       </c>
       <c r="E185" t="s">
         <v>925</v>
       </c>
       <c r="F185" t="s">
         <v>926</v>
       </c>
       <c r="G185" s="1">
-        <v>0.191</v>
+        <v>0.188</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="186">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B186" t="s">
         <v>927</v>
       </c>
       <c r="C186" t="s">
         <v>928</v>
       </c>
       <c r="D186" t="s">
         <v>929</v>
       </c>
       <c r="E186" t="s">
         <v>930</v>
       </c>
       <c r="F186" t="s">
         <v>931</v>
       </c>
       <c r="G186" s="1">
-        <v>0.191</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="187">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B187" t="s">
         <v>932</v>
       </c>
       <c r="C187" t="s">
         <v>933</v>
       </c>
       <c r="D187" t="s">
         <v>934</v>
       </c>
       <c r="E187" t="s">
         <v>935</v>
       </c>
       <c r="F187" t="s">
         <v>936</v>
       </c>
       <c r="G187" s="1">
-        <v>0.191</v>
+        <v>0.184</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="188">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B188" t="s">
         <v>937</v>
       </c>
       <c r="C188" t="s">
         <v>938</v>
       </c>
       <c r="D188" t="s">
         <v>939</v>
       </c>
       <c r="E188" t="s">
         <v>940</v>
       </c>
       <c r="F188" t="s">
         <v>941</v>
       </c>
       <c r="G188" s="1">
-        <v>0.19</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="189">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B189" t="s">
         <v>942</v>
       </c>
       <c r="C189" t="s">
         <v>943</v>
       </c>
       <c r="D189" t="s">
         <v>944</v>
       </c>
       <c r="E189" t="s">
         <v>945</v>
       </c>
       <c r="F189" t="s">
         <v>946</v>
       </c>
       <c r="G189" s="1">
-        <v>0.189</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="190">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B190" t="s">
         <v>947</v>
       </c>
       <c r="C190" t="s">
         <v>948</v>
       </c>
       <c r="D190" t="s">
         <v>949</v>
       </c>
       <c r="E190" t="s">
         <v>950</v>
       </c>
       <c r="F190" t="s">
         <v>951</v>
       </c>
       <c r="G190" s="1">
-        <v>0.189</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="191">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B191" t="s">
         <v>952</v>
       </c>
       <c r="C191" t="s">
         <v>953</v>
       </c>
       <c r="D191" t="s">
         <v>954</v>
       </c>
       <c r="E191" t="s">
         <v>955</v>
       </c>
       <c r="F191" t="s">
         <v>956</v>
       </c>
       <c r="G191" s="1">
-        <v>0.188</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="192">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B192" t="s">
         <v>957</v>
       </c>
       <c r="C192" t="s">
         <v>958</v>
       </c>
       <c r="D192" t="s">
         <v>959</v>
       </c>
       <c r="E192" t="s">
         <v>960</v>
       </c>
       <c r="F192" t="s">
         <v>961</v>
       </c>
       <c r="G192" s="1">
-        <v>0.188</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="193">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B193" t="s">
         <v>962</v>
       </c>
       <c r="C193" t="s">
         <v>963</v>
       </c>
       <c r="D193" t="s">
         <v>964</v>
       </c>
       <c r="E193" t="s">
         <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>966</v>
       </c>
       <c r="G193" s="1">
-        <v>0.187</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="194">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B194" t="s">
         <v>967</v>
       </c>
       <c r="C194" t="s">
         <v>968</v>
       </c>
       <c r="D194" t="s">
         <v>969</v>
       </c>
       <c r="E194" t="s">
         <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>971</v>
       </c>
       <c r="G194" s="1">
-        <v>0.187</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="195">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B195" t="s">
         <v>972</v>
       </c>
       <c r="C195" t="s">
         <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>974</v>
       </c>
       <c r="E195" t="s">
         <v>975</v>
       </c>
       <c r="F195" t="s">
         <v>976</v>
       </c>
       <c r="G195" s="1">
-        <v>0.186</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="196">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B196" t="s">
         <v>977</v>
       </c>
       <c r="C196" t="s">
         <v>978</v>
       </c>
       <c r="D196" t="s">
         <v>979</v>
       </c>
       <c r="E196" t="s">
         <v>980</v>
       </c>
       <c r="F196" t="s">
         <v>981</v>
       </c>
       <c r="G196" s="1">
-        <v>0.186</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="197">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B197" t="s">
         <v>982</v>
       </c>
       <c r="C197" t="s">
         <v>983</v>
       </c>
       <c r="D197" t="s">
         <v>984</v>
       </c>
       <c r="E197" t="s">
         <v>985</v>
       </c>
       <c r="F197" t="s">
         <v>986</v>
       </c>
       <c r="G197" s="1">
-        <v>0.185</v>
+        <v>0.179</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="198">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B198" t="s">
         <v>987</v>
       </c>
       <c r="C198" t="s">
         <v>988</v>
       </c>
       <c r="D198" t="s">
         <v>989</v>
       </c>
       <c r="E198" t="s">
         <v>990</v>
       </c>
       <c r="F198" t="s">
         <v>991</v>
       </c>
       <c r="G198" s="1">
-        <v>0.185</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="199">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B199" t="s">
         <v>992</v>
       </c>
       <c r="C199" t="s">
         <v>993</v>
       </c>
       <c r="D199" t="s">
         <v>994</v>
       </c>
       <c r="E199" t="s">
         <v>995</v>
       </c>
       <c r="F199" t="s">
         <v>996</v>
       </c>
       <c r="G199" s="1">
-        <v>0.184</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="200">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B200" t="s">
         <v>997</v>
       </c>
       <c r="C200" t="s">
         <v>998</v>
       </c>
       <c r="D200" t="s">
         <v>999</v>
       </c>
       <c r="E200" t="s">
         <v>1000</v>
       </c>
       <c r="F200" t="s">
         <v>1001</v>
       </c>
       <c r="G200" s="1">
-        <v>0.184</v>
+        <v>0.178</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="201">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B201" t="s">
         <v>1002</v>
       </c>
       <c r="C201" t="s">
         <v>1003</v>
       </c>
       <c r="D201" t="s">
         <v>1004</v>
       </c>
       <c r="E201" t="s">
         <v>1005</v>
       </c>
       <c r="F201" t="s">
         <v>1006</v>
       </c>
       <c r="G201" s="1">
-        <v>0.184</v>
+        <v>0.177</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="202">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B202" t="s">
         <v>1007</v>
       </c>
       <c r="C202" t="s">
         <v>1008</v>
       </c>
       <c r="D202" t="s">
         <v>1009</v>
       </c>
       <c r="E202" t="s">
         <v>1010</v>
       </c>
       <c r="F202" t="s">
         <v>1011</v>
       </c>
       <c r="G202" s="1">
-        <v>0.183</v>
+        <v>0.177</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="203">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B203" t="s">
         <v>1012</v>
       </c>
       <c r="C203" t="s">
         <v>1013</v>
       </c>
       <c r="D203" t="s">
         <v>1014</v>
       </c>
       <c r="E203" t="s">
         <v>1015</v>
       </c>
       <c r="F203" t="s">
         <v>1016</v>
       </c>
       <c r="G203" s="1">
-        <v>0.183</v>
+        <v>0.177</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="204">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B204" t="s">
         <v>1017</v>
       </c>
       <c r="C204" t="s">
         <v>1018</v>
       </c>
       <c r="D204" t="s">
         <v>1019</v>
       </c>
       <c r="E204" t="s">
         <v>1020</v>
       </c>
       <c r="F204" t="s">
         <v>1021</v>
       </c>
       <c r="G204" s="1">
-        <v>0.182</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="205">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B205" t="s">
         <v>1022</v>
       </c>
       <c r="C205" t="s">
         <v>1023</v>
       </c>
       <c r="D205" t="s">
         <v>1024</v>
       </c>
       <c r="E205" t="s">
         <v>1025</v>
       </c>
       <c r="F205" t="s">
         <v>1026</v>
       </c>
       <c r="G205" s="1">
-        <v>0.181</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="206">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B206" t="s">
         <v>1027</v>
       </c>
       <c r="C206" t="s">
         <v>1028</v>
       </c>
       <c r="D206" t="s">
         <v>1029</v>
       </c>
       <c r="E206" t="s">
         <v>1030</v>
       </c>
       <c r="F206" t="s">
         <v>1031</v>
       </c>
       <c r="G206" s="1">
-        <v>0.18</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="207">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B207" t="s">
         <v>1032</v>
       </c>
       <c r="C207" t="s">
         <v>1033</v>
       </c>
       <c r="D207" t="s">
         <v>1034</v>
       </c>
       <c r="E207" t="s">
         <v>1035</v>
       </c>
       <c r="F207" t="s">
         <v>1036</v>
       </c>
       <c r="G207" s="1">
-        <v>0.18</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="208">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B208" t="s">
         <v>1037</v>
       </c>
       <c r="C208" t="s">
         <v>1038</v>
       </c>
       <c r="D208" t="s">
         <v>1039</v>
       </c>
       <c r="E208" t="s">
         <v>1040</v>
       </c>
       <c r="F208" t="s">
         <v>1041</v>
       </c>
       <c r="G208" s="1">
-        <v>0.179</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="209">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B209" t="s">
         <v>1042</v>
       </c>
       <c r="C209" t="s">
         <v>1043</v>
       </c>
       <c r="D209" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1045</v>
       </c>
       <c r="F209" t="s">
         <v>1046</v>
       </c>
       <c r="G209" s="1">
-        <v>0.178</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="210">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B210" t="s">
         <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>1048</v>
       </c>
       <c r="D210" t="s">
         <v>1049</v>
       </c>
       <c r="E210" t="s">
         <v>1050</v>
       </c>
       <c r="F210" t="s">
         <v>1051</v>
       </c>
       <c r="G210" s="1">
-        <v>0.178</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="211">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B211" t="s">
         <v>1052</v>
       </c>
       <c r="C211" t="s">
         <v>1053</v>
       </c>
       <c r="D211" t="s">
         <v>1054</v>
       </c>
       <c r="E211" t="s">
         <v>1055</v>
       </c>
       <c r="F211" t="s">
         <v>1056</v>
       </c>
       <c r="G211" s="1">
-        <v>0.178</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="212">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B212" t="s">
         <v>1057</v>
       </c>
       <c r="C212" t="s">
         <v>1058</v>
       </c>
       <c r="D212" t="s">
         <v>1059</v>
       </c>
       <c r="E212" t="s">
         <v>1060</v>
       </c>
       <c r="F212" t="s">
         <v>1061</v>
       </c>
       <c r="G212" s="1">
-        <v>0.178</v>
+        <v>0.174</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="213">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B213" t="s">
         <v>1062</v>
       </c>
       <c r="C213" t="s">
         <v>1063</v>
       </c>
       <c r="D213" t="s">
         <v>1064</v>
       </c>
       <c r="E213" t="s">
         <v>1065</v>
       </c>
       <c r="F213" t="s">
         <v>1066</v>
       </c>
       <c r="G213" s="1">
-        <v>0.177</v>
+        <v>0.172</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="214">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B214" t="s">
         <v>1067</v>
       </c>
       <c r="C214" t="s">
         <v>1068</v>
       </c>
       <c r="D214" t="s">
         <v>1069</v>
       </c>
       <c r="E214" t="s">
         <v>1070</v>
       </c>
       <c r="F214" t="s">
         <v>1071</v>
       </c>
       <c r="G214" s="1">
-        <v>0.177</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="215">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B215" t="s">
         <v>1072</v>
       </c>
       <c r="C215" t="s">
         <v>1073</v>
       </c>
       <c r="D215" t="s">
         <v>1074</v>
       </c>
       <c r="E215" t="s">
         <v>1075</v>
       </c>
       <c r="F215" t="s">
         <v>1076</v>
       </c>
       <c r="G215" s="1">
-        <v>0.176</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="216">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B216" t="s">
         <v>1077</v>
       </c>
       <c r="C216" t="s">
         <v>1078</v>
       </c>
       <c r="D216" t="s">
         <v>1079</v>
       </c>
       <c r="E216" t="s">
         <v>1080</v>
       </c>
       <c r="F216" t="s">
         <v>1081</v>
       </c>
       <c r="G216" s="1">
-        <v>0.176</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="217">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B217" t="s">
         <v>1082</v>
       </c>
       <c r="C217" t="s">
         <v>1083</v>
       </c>
       <c r="D217" t="s">
         <v>1084</v>
       </c>
       <c r="E217" t="s">
         <v>1085</v>
       </c>
       <c r="F217" t="s">
         <v>1086</v>
       </c>
       <c r="G217" s="1">
-        <v>0.176</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="218">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B218" t="s">
         <v>1087</v>
       </c>
       <c r="C218" t="s">
         <v>1088</v>
       </c>
       <c r="D218" t="s">
         <v>1089</v>
       </c>
       <c r="E218" t="s">
         <v>1090</v>
       </c>
       <c r="F218" t="s">
         <v>1091</v>
       </c>
       <c r="G218" s="1">
-        <v>0.176</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="219">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B219" t="s">
         <v>1092</v>
       </c>
       <c r="C219" t="s">
         <v>1093</v>
       </c>
       <c r="D219" t="s">
         <v>1094</v>
       </c>
       <c r="E219" t="s">
         <v>1095</v>
       </c>
       <c r="F219" t="s">
         <v>1096</v>
       </c>
       <c r="G219" s="1">
-        <v>0.176</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="220">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B220" t="s">
         <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>1098</v>
       </c>
       <c r="D220" t="s">
         <v>1099</v>
       </c>
       <c r="E220" t="s">
         <v>1100</v>
       </c>
       <c r="F220" t="s">
         <v>1101</v>
       </c>
       <c r="G220" s="1">
-        <v>0.175</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="221">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B221" t="s">
         <v>1102</v>
       </c>
       <c r="C221" t="s">
         <v>1103</v>
       </c>
       <c r="D221" t="s">
         <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>1105</v>
       </c>
       <c r="F221" t="s">
         <v>1106</v>
       </c>
       <c r="G221" s="1">
-        <v>0.175</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="222">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B222" t="s">
         <v>1107</v>
       </c>
       <c r="C222" t="s">
         <v>1108</v>
       </c>
       <c r="D222" t="s">
         <v>1109</v>
       </c>
       <c r="E222" t="s">
         <v>1110</v>
       </c>
       <c r="F222" t="s">
         <v>1111</v>
       </c>
       <c r="G222" s="1">
-        <v>0.173</v>
+        <v>0.168</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="223">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B223" t="s">
         <v>1112</v>
       </c>
       <c r="C223" t="s">
         <v>1113</v>
       </c>
       <c r="D223" t="s">
         <v>1114</v>
       </c>
       <c r="E223" t="s">
         <v>1115</v>
       </c>
       <c r="F223" t="s">
         <v>1116</v>
       </c>
       <c r="G223" s="1">
-        <v>0.173</v>
+        <v>0.168</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="224">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B224" t="s">
         <v>1117</v>
       </c>
       <c r="C224" t="s">
         <v>1118</v>
       </c>
       <c r="D224" t="s">
         <v>1119</v>
       </c>
       <c r="E224" t="s">
         <v>1120</v>
       </c>
       <c r="F224" t="s">
         <v>1121</v>
       </c>
       <c r="G224" s="1">
-        <v>0.172</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="225">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B225" t="s">
         <v>1122</v>
       </c>
       <c r="C225" t="s">
         <v>1123</v>
       </c>
       <c r="D225" t="s">
         <v>1124</v>
       </c>
       <c r="E225" t="s">
         <v>1125</v>
       </c>
       <c r="F225" t="s">
         <v>1126</v>
       </c>
       <c r="G225" s="1">
-        <v>0.171</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="226">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B226" t="s">
         <v>1127</v>
       </c>
       <c r="C226" t="s">
         <v>1128</v>
       </c>
       <c r="D226" t="s">
         <v>1129</v>
       </c>
       <c r="E226" t="s">
         <v>1130</v>
       </c>
       <c r="F226" t="s">
         <v>1131</v>
       </c>
       <c r="G226" s="1">
-        <v>0.171</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="227">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B227" t="s">
         <v>1132</v>
       </c>
       <c r="C227" t="s">
         <v>1133</v>
       </c>
       <c r="D227" t="s">
         <v>1134</v>
       </c>
       <c r="E227" t="s">
         <v>1135</v>
       </c>
       <c r="F227" t="s">
         <v>1136</v>
       </c>
       <c r="G227" s="1">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="228">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B228" t="s">
         <v>1137</v>
       </c>
       <c r="C228" t="s">
         <v>1138</v>
       </c>
       <c r="D228" t="s">
         <v>1139</v>
       </c>
       <c r="E228" t="s">
         <v>1140</v>
       </c>
       <c r="F228" t="s">
         <v>1141</v>
       </c>
       <c r="G228" s="1">
-        <v>0.17</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="229">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B229" t="s">
         <v>1142</v>
       </c>
       <c r="C229" t="s">
         <v>1143</v>
       </c>
       <c r="D229" t="s">
         <v>1144</v>
       </c>
       <c r="E229" t="s">
         <v>1145</v>
       </c>
       <c r="F229" t="s">
         <v>1146</v>
       </c>
       <c r="G229" s="1">
-        <v>0.17</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="230">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B230" t="s">
         <v>1147</v>
       </c>
       <c r="C230" t="s">
         <v>1148</v>
       </c>
       <c r="D230" t="s">
         <v>1149</v>
       </c>
       <c r="E230" t="s">
         <v>1150</v>
       </c>
       <c r="F230" t="s">
         <v>1151</v>
       </c>
       <c r="G230" s="1">
-        <v>0.17</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="231">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B231" t="s">
         <v>1152</v>
       </c>
       <c r="C231" t="s">
         <v>1153</v>
       </c>
       <c r="D231" t="s">
         <v>1154</v>
       </c>
       <c r="E231" t="s">
         <v>1155</v>
       </c>
       <c r="F231" t="s">
         <v>1156</v>
       </c>
       <c r="G231" s="1">
-        <v>0.17</v>
+        <v>0.166</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="232">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B232" t="s">
         <v>1157</v>
       </c>
       <c r="C232" t="s">
         <v>1158</v>
       </c>
       <c r="D232" t="s">
         <v>1159</v>
       </c>
       <c r="E232" t="s">
         <v>1160</v>
       </c>
       <c r="F232" t="s">
         <v>1161</v>
       </c>
       <c r="G232" s="1">
-        <v>0.17</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="233">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B233" t="s">
         <v>1162</v>
       </c>
       <c r="C233" t="s">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1164</v>
       </c>
       <c r="E233" t="s">
         <v>1165</v>
       </c>
       <c r="F233" t="s">
         <v>1166</v>
       </c>
       <c r="G233" s="1">
-        <v>0.17</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="234">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B234" t="s">
         <v>1167</v>
       </c>
       <c r="C234" t="s">
         <v>1168</v>
       </c>
       <c r="D234" t="s">
         <v>1169</v>
       </c>
       <c r="E234" t="s">
         <v>1170</v>
       </c>
       <c r="F234" t="s">
         <v>1171</v>
       </c>
       <c r="G234" s="1">
-        <v>0.168</v>
+        <v>0.165</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="235">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B235" t="s">
         <v>1172</v>
       </c>
       <c r="C235" t="s">
         <v>1173</v>
       </c>
       <c r="D235" t="s">
         <v>1174</v>
       </c>
       <c r="E235" t="s">
         <v>1175</v>
       </c>
       <c r="F235" t="s">
         <v>1176</v>
       </c>
       <c r="G235" s="1">
-        <v>0.167</v>
+        <v>0.164</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="236">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B236" t="s">
         <v>1177</v>
       </c>
       <c r="C236" t="s">
         <v>1178</v>
       </c>
       <c r="D236" t="s">
         <v>1179</v>
       </c>
       <c r="E236" t="s">
         <v>1180</v>
       </c>
       <c r="F236" t="s">
         <v>1181</v>
       </c>
       <c r="G236" s="1">
-        <v>0.166</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="237">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B237" t="s">
         <v>1182</v>
       </c>
       <c r="C237" t="s">
         <v>1183</v>
       </c>
       <c r="D237" t="s">
         <v>1184</v>
       </c>
       <c r="E237" t="s">
         <v>1185</v>
       </c>
       <c r="F237" t="s">
         <v>1186</v>
       </c>
       <c r="G237" s="1">
-        <v>0.165</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="238">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B238" t="s">
         <v>1187</v>
       </c>
       <c r="C238" t="s">
         <v>1188</v>
       </c>
       <c r="D238" t="s">
         <v>1189</v>
       </c>
       <c r="E238" t="s">
         <v>1190</v>
       </c>
       <c r="F238" t="s">
         <v>1191</v>
       </c>
       <c r="G238" s="1">
-        <v>0.165</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="239">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B239" t="s">
         <v>1192</v>
       </c>
       <c r="C239" t="s">
         <v>1193</v>
       </c>
       <c r="D239" t="s">
         <v>1194</v>
       </c>
       <c r="E239" t="s">
         <v>1195</v>
       </c>
       <c r="F239" t="s">
         <v>1196</v>
       </c>
       <c r="G239" s="1">
-        <v>0.164</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="240">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B240" t="s">
         <v>1197</v>
       </c>
       <c r="C240" t="s">
         <v>1198</v>
       </c>
       <c r="D240" t="s">
         <v>1199</v>
       </c>
       <c r="E240" t="s">
         <v>1200</v>
       </c>
       <c r="F240" t="s">
         <v>1201</v>
       </c>
       <c r="G240" s="1">
-        <v>0.164</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="241">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B241" t="s">
         <v>1202</v>
       </c>
       <c r="C241" t="s">
         <v>1203</v>
       </c>
       <c r="D241" t="s">
         <v>1204</v>
       </c>
       <c r="E241" t="s">
         <v>1205</v>
       </c>
       <c r="F241" t="s">
         <v>1206</v>
       </c>
       <c r="G241" s="1">
-        <v>0.163</v>
+        <v>0.162</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="242">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B242" t="s">
         <v>1207</v>
       </c>
       <c r="C242" t="s">
         <v>1208</v>
       </c>
       <c r="D242" t="s">
         <v>1209</v>
       </c>
       <c r="E242" t="s">
         <v>1210</v>
       </c>
       <c r="F242" t="s">
         <v>1211</v>
       </c>
       <c r="G242" s="1">
-        <v>0.163</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="243">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B243" t="s">
         <v>1212</v>
       </c>
       <c r="C243" t="s">
         <v>1213</v>
       </c>
       <c r="D243" t="s">
         <v>1214</v>
       </c>
       <c r="E243" t="s">
         <v>1215</v>
       </c>
       <c r="F243" t="s">
         <v>1216</v>
       </c>
       <c r="G243" s="1">
-        <v>0.162</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="244">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B244" t="s">
         <v>1217</v>
       </c>
       <c r="C244" t="s">
         <v>1218</v>
       </c>
       <c r="D244" t="s">
         <v>1219</v>
       </c>
       <c r="E244" t="s">
         <v>1220</v>
       </c>
       <c r="F244" t="s">
         <v>1221</v>
       </c>
       <c r="G244" s="1">
-        <v>0.162</v>
+        <v>0.161</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="245">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B245" t="s">
         <v>1222</v>
       </c>
       <c r="C245" t="s">
         <v>1223</v>
       </c>
       <c r="D245" t="s">
         <v>1224</v>
       </c>
       <c r="E245" t="s">
         <v>1225</v>
       </c>
       <c r="F245" t="s">
         <v>1226</v>
       </c>
       <c r="G245" s="1">
-        <v>0.162</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="246">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B246" t="s">
         <v>1227</v>
       </c>
       <c r="C246" t="s">
         <v>1228</v>
       </c>
       <c r="D246" t="s">
         <v>1229</v>
       </c>
       <c r="E246" t="s">
         <v>1230</v>
       </c>
       <c r="F246" t="s">
         <v>1231</v>
       </c>
       <c r="G246" s="1">
-        <v>0.162</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="247">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B247" t="s">
         <v>1232</v>
       </c>
       <c r="C247" t="s">
         <v>1233</v>
       </c>
       <c r="D247" t="s">
         <v>1234</v>
       </c>
       <c r="E247" t="s">
         <v>1235</v>
       </c>
       <c r="F247" t="s">
         <v>1236</v>
       </c>
       <c r="G247" s="1">
-        <v>0.161</v>
+        <v>0.159</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="248">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B248" t="s">
         <v>1237</v>
       </c>
       <c r="C248" t="s">
         <v>1238</v>
       </c>
       <c r="D248" t="s">
         <v>1239</v>
       </c>
       <c r="E248" t="s">
         <v>1240</v>
       </c>
       <c r="F248" t="s">
         <v>1241</v>
       </c>
       <c r="G248" s="1">
-        <v>0.161</v>
+        <v>0.158</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="249">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B249" t="s">
         <v>1242</v>
       </c>
       <c r="C249" t="s">
         <v>1243</v>
       </c>
       <c r="D249" t="s">
         <v>1244</v>
       </c>
       <c r="E249" t="s">
         <v>1245</v>
       </c>
       <c r="F249" t="s">
         <v>1246</v>
       </c>
       <c r="G249" s="1">
-        <v>0.161</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="250">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B250" t="s">
         <v>1247</v>
       </c>
       <c r="C250" t="s">
         <v>1248</v>
       </c>
       <c r="D250" t="s">
         <v>1249</v>
       </c>
       <c r="E250" t="s">
         <v>1250</v>
       </c>
       <c r="F250" t="s">
         <v>1251</v>
       </c>
       <c r="G250" s="1">
-        <v>0.161</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="251">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B251" t="s">
         <v>1252</v>
       </c>
       <c r="C251" t="s">
         <v>1253</v>
       </c>
       <c r="D251" t="s">
         <v>1254</v>
       </c>
       <c r="E251" t="s">
         <v>1255</v>
       </c>
       <c r="F251" t="s">
         <v>1256</v>
       </c>
       <c r="G251" s="1">
-        <v>0.16</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="252">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B252" t="s">
         <v>1257</v>
       </c>
       <c r="C252" t="s">
         <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>1259</v>
       </c>
       <c r="E252" t="s">
         <v>1260</v>
       </c>
       <c r="F252" t="s">
         <v>1261</v>
       </c>
       <c r="G252" s="1">
-        <v>0.16</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="253">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B253" t="s">
         <v>1262</v>
       </c>
       <c r="C253" t="s">
         <v>1263</v>
       </c>
       <c r="D253" t="s">
         <v>1264</v>
       </c>
       <c r="E253" t="s">
         <v>1265</v>
       </c>
       <c r="F253" t="s">
         <v>1266</v>
       </c>
       <c r="G253" s="1">
-        <v>0.159</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="254">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B254" t="s">
         <v>1267</v>
       </c>
       <c r="C254" t="s">
         <v>1268</v>
       </c>
       <c r="D254" t="s">
         <v>1269</v>
       </c>
       <c r="E254" t="s">
         <v>1270</v>
       </c>
       <c r="F254" t="s">
         <v>1271</v>
       </c>
       <c r="G254" s="1">
-        <v>0.158</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="255">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B255" t="s">
         <v>1272</v>
       </c>
       <c r="C255" t="s">
         <v>1273</v>
       </c>
       <c r="D255" t="s">
         <v>1274</v>
       </c>
       <c r="E255" t="s">
         <v>1275</v>
       </c>
       <c r="F255" t="s">
         <v>1276</v>
       </c>
       <c r="G255" s="1">
-        <v>0.157</v>
+        <v>0.152</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="256">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B256" t="s">
         <v>1277</v>
       </c>
       <c r="C256" t="s">
         <v>1278</v>
       </c>
       <c r="D256" t="s">
         <v>1279</v>
       </c>
       <c r="E256" t="s">
         <v>1280</v>
       </c>
       <c r="F256" t="s">
         <v>1281</v>
       </c>
       <c r="G256" s="1">
-        <v>0.157</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="257">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B257" t="s">
         <v>1282</v>
       </c>
       <c r="C257" t="s">
         <v>1283</v>
       </c>
       <c r="D257" t="s">
         <v>1284</v>
       </c>
       <c r="E257" t="s">
         <v>1285</v>
       </c>
       <c r="F257" t="s">
         <v>1286</v>
       </c>
       <c r="G257" s="1">
-        <v>0.157</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="258">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B258" t="s">
         <v>1287</v>
       </c>
       <c r="C258" t="s">
         <v>1288</v>
       </c>
       <c r="D258" t="s">
         <v>1289</v>
       </c>
       <c r="E258" t="s">
         <v>1290</v>
       </c>
       <c r="F258" t="s">
         <v>1291</v>
       </c>
       <c r="G258" s="1">
-        <v>0.157</v>
+        <v>0.149</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="259">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B259" t="s">
         <v>1292</v>
       </c>
       <c r="C259" t="s">
         <v>1293</v>
       </c>
       <c r="D259" t="s">
         <v>1294</v>
       </c>
       <c r="E259" t="s">
         <v>1295</v>
       </c>
       <c r="F259" t="s">
         <v>1296</v>
       </c>
       <c r="G259" s="1">
-        <v>0.157</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="260">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B260" t="s">
         <v>1297</v>
       </c>
       <c r="C260" t="s">
         <v>1298</v>
       </c>
       <c r="D260" t="s">
         <v>1299</v>
       </c>
       <c r="E260" t="s">
         <v>1300</v>
       </c>
       <c r="F260" t="s">
         <v>1301</v>
       </c>
       <c r="G260" s="1">
-        <v>0.156</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="261">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B261" t="s">
         <v>1302</v>
       </c>
       <c r="C261" t="s">
         <v>1303</v>
       </c>
       <c r="D261" t="s">
         <v>1304</v>
       </c>
       <c r="E261" t="s">
         <v>1305</v>
       </c>
       <c r="F261" t="s">
         <v>1306</v>
       </c>
       <c r="G261" s="1">
-        <v>0.156</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="262">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B262" t="s">
         <v>1307</v>
       </c>
       <c r="C262" t="s">
         <v>1308</v>
       </c>
       <c r="D262" t="s">
         <v>1309</v>
       </c>
       <c r="E262" t="s">
         <v>1310</v>
       </c>
       <c r="F262" t="s">
         <v>1311</v>
       </c>
       <c r="G262" s="1">
-        <v>0.155</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="263">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B263" t="s">
         <v>1312</v>
       </c>
       <c r="C263" t="s">
         <v>1313</v>
       </c>
       <c r="D263" t="s">
         <v>1314</v>
       </c>
       <c r="E263" t="s">
         <v>1315</v>
       </c>
       <c r="F263" t="s">
         <v>1316</v>
       </c>
       <c r="G263" s="1">
-        <v>0.155</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="264">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B264" t="s">
         <v>1317</v>
       </c>
       <c r="C264" t="s">
         <v>1318</v>
       </c>
       <c r="D264" t="s">
         <v>1319</v>
       </c>
       <c r="E264" t="s">
         <v>1320</v>
       </c>
       <c r="F264" t="s">
         <v>1321</v>
       </c>
       <c r="G264" s="1">
-        <v>0.154</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="265">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B265" t="s">
         <v>1322</v>
       </c>
       <c r="C265" t="s">
         <v>1323</v>
       </c>
       <c r="D265" t="s">
         <v>1324</v>
       </c>
       <c r="E265" t="s">
         <v>1325</v>
       </c>
       <c r="F265" t="s">
         <v>1326</v>
       </c>
       <c r="G265" s="1">
-        <v>0.154</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="266">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B266" t="s">
         <v>1327</v>
       </c>
       <c r="C266" t="s">
         <v>1328</v>
       </c>
       <c r="D266" t="s">
         <v>1329</v>
       </c>
       <c r="E266" t="s">
         <v>1330</v>
       </c>
       <c r="F266" t="s">
         <v>1331</v>
       </c>
       <c r="G266" s="1">
-        <v>0.153</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="267">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B267" t="s">
         <v>1332</v>
       </c>
       <c r="C267" t="s">
         <v>1333</v>
       </c>
       <c r="D267" t="s">
         <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>1335</v>
       </c>
       <c r="F267" t="s">
         <v>1336</v>
       </c>
       <c r="G267" s="1">
-        <v>0.152</v>
+        <v>0.147</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="268">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B268" t="s">
         <v>1337</v>
       </c>
       <c r="C268" t="s">
         <v>1338</v>
       </c>
       <c r="D268" t="s">
         <v>1339</v>
       </c>
       <c r="E268" t="s">
         <v>1340</v>
       </c>
       <c r="F268" t="s">
         <v>1341</v>
       </c>
       <c r="G268" s="1">
-        <v>0.152</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="269">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B269" t="s">
         <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>1343</v>
       </c>
       <c r="D269" t="s">
         <v>1344</v>
       </c>
       <c r="E269" t="s">
         <v>1345</v>
       </c>
       <c r="F269" t="s">
         <v>1346</v>
       </c>
       <c r="G269" s="1">
-        <v>0.152</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="270">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B270" t="s">
         <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>1348</v>
       </c>
       <c r="D270" t="s">
         <v>1349</v>
       </c>
       <c r="E270" t="s">
         <v>1350</v>
       </c>
       <c r="F270" t="s">
         <v>1351</v>
       </c>
       <c r="G270" s="1">
-        <v>0.151</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="271">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B271" t="s">
         <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>1353</v>
       </c>
       <c r="D271" t="s">
         <v>1354</v>
       </c>
       <c r="E271" t="s">
         <v>1355</v>
       </c>
       <c r="F271" t="s">
         <v>1356</v>
       </c>
       <c r="G271" s="1">
-        <v>0.151</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="272">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B272" t="s">
         <v>1357</v>
       </c>
       <c r="C272" t="s">
         <v>1358</v>
       </c>
       <c r="D272" t="s">
         <v>1359</v>
       </c>
       <c r="E272" t="s">
         <v>1360</v>
       </c>
       <c r="F272" t="s">
         <v>1361</v>
       </c>
       <c r="G272" s="1">
-        <v>0.151</v>
+        <v>0.145</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="273">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B273" t="s">
         <v>1362</v>
       </c>
       <c r="C273" t="s">
         <v>1363</v>
       </c>
       <c r="D273" t="s">
         <v>1364</v>
       </c>
       <c r="E273" t="s">
         <v>1365</v>
       </c>
       <c r="F273" t="s">
         <v>1366</v>
       </c>
       <c r="G273" s="1">
-        <v>0.151</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="274">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B274" t="s">
         <v>1367</v>
       </c>
       <c r="C274" t="s">
         <v>1368</v>
       </c>
       <c r="D274" t="s">
         <v>1369</v>
       </c>
       <c r="E274" t="s">
         <v>1370</v>
       </c>
       <c r="F274" t="s">
         <v>1371</v>
       </c>
       <c r="G274" s="1">
-        <v>0.15</v>
+        <v>0.143</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="275">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B275" t="s">
         <v>1372</v>
       </c>
       <c r="C275" t="s">
         <v>1373</v>
       </c>
       <c r="D275" t="s">
         <v>1374</v>
       </c>
       <c r="E275" t="s">
         <v>1375</v>
       </c>
       <c r="F275" t="s">
         <v>1376</v>
       </c>
       <c r="G275" s="1">
-        <v>0.15</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="276">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B276" t="s">
         <v>1377</v>
       </c>
       <c r="C276" t="s">
         <v>1378</v>
       </c>
       <c r="D276" t="s">
         <v>1379</v>
       </c>
       <c r="E276" t="s">
         <v>1380</v>
       </c>
       <c r="F276" t="s">
         <v>1381</v>
       </c>
       <c r="G276" s="1">
-        <v>0.15</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="277">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B277" t="s">
         <v>1382</v>
       </c>
       <c r="C277" t="s">
         <v>1383</v>
       </c>
       <c r="D277" t="s">
         <v>1384</v>
       </c>
       <c r="E277" t="s">
         <v>1385</v>
       </c>
       <c r="F277" t="s">
         <v>1386</v>
       </c>
       <c r="G277" s="1">
-        <v>0.149</v>
+        <v>0.142</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="278">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B278" t="s">
         <v>1387</v>
       </c>
       <c r="C278" t="s">
         <v>1388</v>
       </c>
       <c r="D278" t="s">
         <v>1389</v>
       </c>
       <c r="E278" t="s">
         <v>1390</v>
       </c>
       <c r="F278" t="s">
         <v>1391</v>
       </c>
       <c r="G278" s="1">
-        <v>0.148</v>
+        <v>0.141</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="279">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B279" t="s">
         <v>1392</v>
       </c>
       <c r="C279" t="s">
         <v>1393</v>
       </c>
       <c r="D279" t="s">
         <v>1394</v>
       </c>
       <c r="E279" t="s">
         <v>1395</v>
       </c>
       <c r="F279" t="s">
         <v>1396</v>
       </c>
       <c r="G279" s="1">
-        <v>0.147</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="280">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B280" t="s">
         <v>1397</v>
       </c>
       <c r="C280" t="s">
         <v>1398</v>
       </c>
       <c r="D280" t="s">
         <v>1399</v>
       </c>
       <c r="E280" t="s">
         <v>1400</v>
       </c>
       <c r="F280" t="s">
         <v>1401</v>
       </c>
       <c r="G280" s="1">
-        <v>0.147</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="281">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B281" t="s">
         <v>1402</v>
       </c>
       <c r="C281" t="s">
         <v>1403</v>
       </c>
       <c r="D281" t="s">
         <v>1404</v>
       </c>
       <c r="E281" t="s">
         <v>1405</v>
       </c>
       <c r="F281" t="s">
         <v>1406</v>
       </c>
       <c r="G281" s="1">
-        <v>0.147</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="282">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B282" t="s">
         <v>1407</v>
       </c>
       <c r="C282" t="s">
         <v>1408</v>
       </c>
       <c r="D282" t="s">
         <v>1409</v>
       </c>
       <c r="E282" t="s">
         <v>1410</v>
       </c>
       <c r="F282" t="s">
         <v>1411</v>
       </c>
       <c r="G282" s="1">
-        <v>0.147</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="283">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B283" t="s">
         <v>1412</v>
       </c>
       <c r="C283" t="s">
         <v>1413</v>
       </c>
       <c r="D283" t="s">
         <v>1414</v>
       </c>
       <c r="E283" t="s">
         <v>1415</v>
       </c>
       <c r="F283" t="s">
         <v>1416</v>
       </c>
       <c r="G283" s="1">
-        <v>0.147</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="284">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B284" t="s">
         <v>1417</v>
       </c>
       <c r="C284" t="s">
         <v>1418</v>
       </c>
       <c r="D284" t="s">
         <v>1419</v>
       </c>
       <c r="E284" t="s">
         <v>1420</v>
       </c>
       <c r="F284" t="s">
         <v>1421</v>
       </c>
       <c r="G284" s="1">
-        <v>0.146</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="285">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B285" t="s">
         <v>1422</v>
       </c>
       <c r="C285" t="s">
         <v>1423</v>
       </c>
       <c r="D285" t="s">
         <v>1424</v>
       </c>
       <c r="E285" t="s">
         <v>1425</v>
       </c>
       <c r="F285" t="s">
         <v>1426</v>
       </c>
       <c r="G285" s="1">
-        <v>0.146</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="286">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B286" t="s">
         <v>1427</v>
       </c>
       <c r="C286" t="s">
         <v>1428</v>
       </c>
       <c r="D286" t="s">
         <v>1429</v>
       </c>
       <c r="E286" t="s">
         <v>1430</v>
       </c>
       <c r="F286" t="s">
         <v>1431</v>
       </c>
       <c r="G286" s="1">
-        <v>0.145</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="287">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B287" t="s">
         <v>1432</v>
       </c>
       <c r="C287" t="s">
         <v>1433</v>
       </c>
       <c r="D287" t="s">
         <v>1434</v>
       </c>
       <c r="E287" t="s">
         <v>1435</v>
       </c>
       <c r="F287" t="s">
         <v>1436</v>
       </c>
       <c r="G287" s="1">
-        <v>0.144</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="288">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B288" t="s">
         <v>1437</v>
       </c>
       <c r="C288" t="s">
         <v>1438</v>
       </c>
       <c r="D288" t="s">
         <v>1439</v>
       </c>
       <c r="E288" t="s">
         <v>1440</v>
       </c>
       <c r="F288" t="s">
         <v>1441</v>
       </c>
       <c r="G288" s="1">
-        <v>0.144</v>
+        <v>0.139</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="289">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B289" t="s">
         <v>1442</v>
       </c>
       <c r="C289" t="s">
         <v>1443</v>
       </c>
       <c r="D289" t="s">
         <v>1444</v>
       </c>
       <c r="E289" t="s">
         <v>1445</v>
       </c>
       <c r="F289" t="s">
         <v>1446</v>
       </c>
       <c r="G289" s="1">
-        <v>0.144</v>
+        <v>0.137</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="290">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B290" t="s">
         <v>1447</v>
       </c>
       <c r="C290" t="s">
         <v>1448</v>
       </c>
       <c r="D290" t="s">
         <v>1449</v>
       </c>
       <c r="E290" t="s">
         <v>1450</v>
       </c>
       <c r="F290" t="s">
         <v>1451</v>
       </c>
       <c r="G290" s="1">
-        <v>0.144</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="291">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B291" t="s">
         <v>1452</v>
       </c>
       <c r="C291" t="s">
         <v>1453</v>
       </c>
       <c r="D291" t="s">
         <v>1454</v>
       </c>
       <c r="E291" t="s">
         <v>1455</v>
       </c>
       <c r="F291" t="s">
         <v>1456</v>
       </c>
       <c r="G291" s="1">
-        <v>0.143</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="292">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B292" t="s">
         <v>1457</v>
       </c>
       <c r="C292" t="s">
         <v>1458</v>
       </c>
       <c r="D292" t="s">
         <v>1459</v>
       </c>
       <c r="E292" t="s">
         <v>1460</v>
       </c>
       <c r="F292" t="s">
         <v>1461</v>
       </c>
       <c r="G292" s="1">
-        <v>0.143</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="293">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B293" t="s">
         <v>1462</v>
       </c>
       <c r="C293" t="s">
         <v>1463</v>
       </c>
       <c r="D293" t="s">
         <v>1464</v>
       </c>
       <c r="E293" t="s">
         <v>1465</v>
       </c>
       <c r="F293" t="s">
         <v>1466</v>
       </c>
       <c r="G293" s="1">
-        <v>0.143</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="294">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B294" t="s">
         <v>1467</v>
       </c>
       <c r="C294" t="s">
         <v>1468</v>
       </c>
       <c r="D294" t="s">
         <v>1469</v>
       </c>
       <c r="E294" t="s">
         <v>1470</v>
       </c>
       <c r="F294" t="s">
         <v>1471</v>
       </c>
       <c r="G294" s="1">
-        <v>0.143</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="295">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B295" t="s">
         <v>1472</v>
       </c>
       <c r="C295" t="s">
         <v>1473</v>
       </c>
       <c r="D295" t="s">
         <v>1474</v>
       </c>
       <c r="E295" t="s">
         <v>1475</v>
       </c>
       <c r="F295" t="s">
         <v>1476</v>
       </c>
       <c r="G295" s="1">
-        <v>0.142</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="296">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B296" t="s">
         <v>1477</v>
       </c>
       <c r="C296" t="s">
         <v>1478</v>
       </c>
       <c r="D296" t="s">
         <v>1479</v>
       </c>
       <c r="E296" t="s">
         <v>1480</v>
       </c>
       <c r="F296" t="s">
         <v>1481</v>
       </c>
       <c r="G296" s="1">
-        <v>0.142</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="297">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B297" t="s">
         <v>1482</v>
       </c>
       <c r="C297" t="s">
         <v>1483</v>
       </c>
       <c r="D297" t="s">
         <v>1484</v>
       </c>
       <c r="E297" t="s">
         <v>1485</v>
       </c>
       <c r="F297" t="s">
         <v>1486</v>
       </c>
       <c r="G297" s="1">
-        <v>0.141</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="298">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B298" t="s">
         <v>1487</v>
       </c>
       <c r="C298" t="s">
         <v>1488</v>
       </c>
       <c r="D298" t="s">
         <v>1489</v>
       </c>
       <c r="E298" t="s">
         <v>1490</v>
       </c>
       <c r="F298" t="s">
         <v>1491</v>
       </c>
       <c r="G298" s="1">
-        <v>0.14</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="299">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B299" t="s">
         <v>1492</v>
       </c>
       <c r="C299" t="s">
         <v>1493</v>
       </c>
       <c r="D299" t="s">
         <v>1494</v>
       </c>
       <c r="E299" t="s">
         <v>1495</v>
       </c>
       <c r="F299" t="s">
         <v>1496</v>
       </c>
       <c r="G299" s="1">
-        <v>0.139</v>
+        <v>0.133</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="300">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B300" t="s">
         <v>1497</v>
       </c>
       <c r="C300" t="s">
         <v>1498</v>
       </c>
       <c r="D300" t="s">
         <v>1499</v>
       </c>
       <c r="E300" t="s">
         <v>1500</v>
       </c>
       <c r="F300" t="s">
         <v>1501</v>
       </c>
       <c r="G300" s="1">
-        <v>0.137</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="301">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B301" t="s">
         <v>1502</v>
       </c>
       <c r="C301" t="s">
         <v>1503</v>
       </c>
       <c r="D301" t="s">
         <v>1504</v>
       </c>
       <c r="E301" t="s">
         <v>1505</v>
       </c>
       <c r="F301" t="s">
         <v>1506</v>
       </c>
       <c r="G301" s="1">
-        <v>0.137</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="302">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B302" t="s">
         <v>1507</v>
       </c>
       <c r="C302" t="s">
         <v>1508</v>
       </c>
       <c r="D302" t="s">
         <v>1509</v>
       </c>
       <c r="E302" t="s">
         <v>1510</v>
       </c>
       <c r="F302" t="s">
         <v>1511</v>
       </c>
       <c r="G302" s="1">
-        <v>0.137</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="303">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B303" t="s">
         <v>1512</v>
       </c>
       <c r="C303" t="s">
         <v>1513</v>
       </c>
       <c r="D303" t="s">
         <v>1514</v>
       </c>
       <c r="E303" t="s">
         <v>1515</v>
       </c>
       <c r="F303" t="s">
         <v>1516</v>
       </c>
       <c r="G303" s="1">
-        <v>0.137</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="304">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B304" t="s">
         <v>1517</v>
       </c>
       <c r="C304" t="s">
         <v>1518</v>
       </c>
       <c r="D304" t="s">
         <v>1519</v>
       </c>
       <c r="E304" t="s">
         <v>1520</v>
       </c>
       <c r="F304" t="s">
         <v>1521</v>
       </c>
       <c r="G304" s="1">
-        <v>0.137</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="305">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B305" t="s">
         <v>1522</v>
       </c>
       <c r="C305" t="s">
         <v>1523</v>
       </c>
       <c r="D305" t="s">
         <v>1524</v>
       </c>
       <c r="E305" t="s">
         <v>1525</v>
       </c>
       <c r="F305" t="s">
         <v>1526</v>
       </c>
       <c r="G305" s="1">
-        <v>0.134</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="306">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B306" t="s">
         <v>1527</v>
       </c>
       <c r="C306" t="s">
         <v>1528</v>
       </c>
       <c r="D306" t="s">
         <v>1529</v>
       </c>
       <c r="E306" t="s">
         <v>1530</v>
       </c>
       <c r="F306" t="s">
         <v>1531</v>
       </c>
       <c r="G306" s="1">
-        <v>0.134</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="307">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B307" t="s">
         <v>1532</v>
       </c>
       <c r="C307" t="s">
         <v>1533</v>
       </c>
       <c r="D307" t="s">
         <v>1534</v>
       </c>
       <c r="E307" t="s">
         <v>1535</v>
       </c>
       <c r="F307" t="s">
         <v>1536</v>
       </c>
       <c r="G307" s="1">
-        <v>0.134</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="308">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B308" t="s">
         <v>1537</v>
       </c>
       <c r="C308" t="s">
         <v>1538</v>
       </c>
       <c r="D308" t="s">
         <v>1539</v>
       </c>
       <c r="E308" t="s">
         <v>1540</v>
       </c>
       <c r="F308" t="s">
         <v>1541</v>
       </c>
       <c r="G308" s="1">
-        <v>0.133</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="309">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B309" t="s">
         <v>1542</v>
       </c>
       <c r="C309" t="s">
         <v>1543</v>
       </c>
       <c r="D309" t="s">
         <v>1544</v>
       </c>
       <c r="E309" t="s">
         <v>1545</v>
       </c>
       <c r="F309" t="s">
         <v>1546</v>
       </c>
       <c r="G309" s="1">
-        <v>0.133</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="310">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B310" t="s">
         <v>1547</v>
       </c>
       <c r="C310" t="s">
         <v>1548</v>
       </c>
       <c r="D310" t="s">
         <v>1549</v>
       </c>
       <c r="E310" t="s">
         <v>1550</v>
       </c>
       <c r="F310" t="s">
         <v>1551</v>
       </c>
       <c r="G310" s="1">
-        <v>0.133</v>
+        <v>0.127</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="311">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B311" t="s">
         <v>1552</v>
       </c>
       <c r="C311" t="s">
         <v>1553</v>
       </c>
       <c r="D311" t="s">
         <v>1554</v>
       </c>
       <c r="E311" t="s">
         <v>1555</v>
       </c>
       <c r="F311" t="s">
         <v>1556</v>
       </c>
       <c r="G311" s="1">
-        <v>0.132</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="312">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B312" t="s">
         <v>1557</v>
       </c>
       <c r="C312" t="s">
         <v>1558</v>
       </c>
       <c r="D312" t="s">
         <v>1559</v>
       </c>
       <c r="E312" t="s">
         <v>1560</v>
       </c>
       <c r="F312" t="s">
         <v>1561</v>
       </c>
       <c r="G312" s="1">
-        <v>0.131</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="313">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B313" t="s">
         <v>1562</v>
       </c>
       <c r="C313" t="s">
         <v>1563</v>
       </c>
       <c r="D313" t="s">
         <v>1564</v>
       </c>
       <c r="E313" t="s">
         <v>1565</v>
       </c>
       <c r="F313" t="s">
         <v>1566</v>
       </c>
       <c r="G313" s="1">
-        <v>0.131</v>
+        <v>0.126</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="314">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B314" t="s">
         <v>1567</v>
       </c>
       <c r="C314" t="s">
         <v>1568</v>
       </c>
       <c r="D314" t="s">
         <v>1569</v>
       </c>
       <c r="E314" t="s">
         <v>1570</v>
       </c>
       <c r="F314" t="s">
         <v>1571</v>
       </c>
       <c r="G314" s="1">
-        <v>0.131</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="315">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B315" t="s">
         <v>1572</v>
       </c>
       <c r="C315" t="s">
         <v>1573</v>
       </c>
       <c r="D315" t="s">
         <v>1574</v>
       </c>
       <c r="E315" t="s">
         <v>1575</v>
       </c>
       <c r="F315" t="s">
         <v>1576</v>
       </c>
       <c r="G315" s="1">
-        <v>0.131</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="316">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B316" t="s">
         <v>1577</v>
       </c>
       <c r="C316" t="s">
         <v>1578</v>
       </c>
       <c r="D316" t="s">
         <v>1579</v>
       </c>
       <c r="E316" t="s">
         <v>1580</v>
       </c>
       <c r="F316" t="s">
         <v>1581</v>
       </c>
       <c r="G316" s="1">
-        <v>0.131</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="317">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B317" t="s">
         <v>1582</v>
       </c>
       <c r="C317" t="s">
         <v>1583</v>
       </c>
       <c r="D317" t="s">
         <v>1584</v>
       </c>
       <c r="E317" t="s">
         <v>1585</v>
       </c>
       <c r="F317" t="s">
         <v>1586</v>
       </c>
       <c r="G317" s="1">
-        <v>0.13</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="318">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B318" t="s">
         <v>1587</v>
       </c>
       <c r="C318" t="s">
         <v>1588</v>
       </c>
       <c r="D318" t="s">
         <v>1589</v>
       </c>
       <c r="E318" t="s">
         <v>1590</v>
       </c>
       <c r="F318" t="s">
         <v>1591</v>
       </c>
       <c r="G318" s="1">
-        <v>0.13</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="319">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B319" t="s">
         <v>1592</v>
       </c>
       <c r="C319" t="s">
         <v>1593</v>
       </c>
       <c r="D319" t="s">
         <v>1594</v>
       </c>
       <c r="E319" t="s">
         <v>1595</v>
       </c>
       <c r="F319" t="s">
         <v>1596</v>
       </c>
       <c r="G319" s="1">
-        <v>0.129</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="320">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B320" t="s">
         <v>1597</v>
       </c>
       <c r="C320" t="s">
         <v>1598</v>
       </c>
       <c r="D320" t="s">
         <v>1599</v>
       </c>
       <c r="E320" t="s">
         <v>1600</v>
       </c>
       <c r="F320" t="s">
         <v>1601</v>
       </c>
       <c r="G320" s="1">
-        <v>0.129</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="321">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B321" t="s">
         <v>1602</v>
       </c>
       <c r="C321" t="s">
         <v>1603</v>
       </c>
       <c r="D321" t="s">
         <v>1604</v>
       </c>
       <c r="E321" t="s">
         <v>1605</v>
       </c>
       <c r="F321" t="s">
         <v>1606</v>
       </c>
       <c r="G321" s="1">
-        <v>0.128</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="322">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B322" t="s">
         <v>1607</v>
       </c>
       <c r="C322" t="s">
         <v>1608</v>
       </c>
       <c r="D322" t="s">
         <v>1609</v>
       </c>
       <c r="E322" t="s">
         <v>1610</v>
       </c>
       <c r="F322" t="s">
         <v>1611</v>
       </c>
       <c r="G322" s="1">
-        <v>0.127</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="323">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B323" t="s">
         <v>1612</v>
       </c>
       <c r="C323" t="s">
         <v>1613</v>
       </c>
       <c r="D323" t="s">
         <v>1614</v>
       </c>
       <c r="E323" t="s">
         <v>1615</v>
       </c>
       <c r="F323" t="s">
         <v>1616</v>
       </c>
       <c r="G323" s="1">
-        <v>0.126</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="324">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B324" t="s">
         <v>1617</v>
       </c>
       <c r="C324" t="s">
         <v>1618</v>
       </c>
       <c r="D324" t="s">
         <v>1619</v>
       </c>
       <c r="E324" t="s">
         <v>1620</v>
       </c>
       <c r="F324" t="s">
         <v>1621</v>
       </c>
       <c r="G324" s="1">
-        <v>0.126</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="325">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B325" t="s">
         <v>1622</v>
       </c>
       <c r="C325" t="s">
         <v>1623</v>
       </c>
       <c r="D325" t="s">
         <v>1624</v>
       </c>
       <c r="E325" t="s">
         <v>1625</v>
       </c>
       <c r="F325" t="s">
         <v>1626</v>
       </c>
       <c r="G325" s="1">
-        <v>0.125</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="326">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B326" t="s">
         <v>1627</v>
       </c>
       <c r="C326" t="s">
         <v>1628</v>
       </c>
       <c r="D326" t="s">
         <v>1629</v>
       </c>
       <c r="E326" t="s">
         <v>1630</v>
       </c>
       <c r="F326" t="s">
         <v>1631</v>
       </c>
       <c r="G326" s="1">
-        <v>0.124</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="327">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B327" t="s">
         <v>1632</v>
       </c>
       <c r="C327" t="s">
         <v>1633</v>
       </c>
       <c r="D327" t="s">
         <v>1634</v>
       </c>
       <c r="E327" t="s">
         <v>1635</v>
       </c>
       <c r="F327" t="s">
         <v>1636</v>
       </c>
       <c r="G327" s="1">
-        <v>0.123</v>
+        <v>0.121</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="328">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B328" t="s">
         <v>1637</v>
       </c>
       <c r="C328" t="s">
         <v>1638</v>
       </c>
       <c r="D328" t="s">
         <v>1639</v>
       </c>
       <c r="E328" t="s">
         <v>1640</v>
       </c>
       <c r="F328" t="s">
         <v>1641</v>
       </c>
       <c r="G328" s="1">
-        <v>0.123</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="329">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B329" t="s">
         <v>1642</v>
       </c>
       <c r="C329" t="s">
         <v>1643</v>
       </c>
       <c r="D329" t="s">
         <v>1644</v>
       </c>
       <c r="E329" t="s">
         <v>1645</v>
       </c>
       <c r="F329" t="s">
         <v>1646</v>
       </c>
       <c r="G329" s="1">
-        <v>0.122</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="330">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B330" t="s">
         <v>1647</v>
       </c>
       <c r="C330" t="s">
         <v>1648</v>
       </c>
       <c r="D330" t="s">
         <v>1649</v>
       </c>
       <c r="E330" t="s">
         <v>1650</v>
       </c>
       <c r="F330" t="s">
         <v>1651</v>
       </c>
       <c r="G330" s="1">
-        <v>0.122</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="331">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B331" t="s">
         <v>1652</v>
       </c>
       <c r="C331" t="s">
         <v>1653</v>
       </c>
       <c r="D331" t="s">
         <v>1654</v>
       </c>
       <c r="E331" t="s">
         <v>1655</v>
       </c>
       <c r="F331" t="s">
         <v>1656</v>
       </c>
       <c r="G331" s="1">
-        <v>0.122</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="332">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B332" t="s">
         <v>1657</v>
       </c>
       <c r="C332" t="s">
         <v>1658</v>
       </c>
       <c r="D332" t="s">
         <v>1659</v>
       </c>
       <c r="E332" t="s">
         <v>1660</v>
       </c>
       <c r="F332" t="s">
         <v>1661</v>
       </c>
       <c r="G332" s="1">
-        <v>0.121</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="333">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B333" t="s">
         <v>1662</v>
       </c>
       <c r="C333" t="s">
         <v>1663</v>
       </c>
       <c r="D333" t="s">
         <v>1664</v>
       </c>
       <c r="E333" t="s">
         <v>1665</v>
       </c>
       <c r="F333" t="s">
         <v>1666</v>
       </c>
       <c r="G333" s="1">
-        <v>0.121</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="334">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B334" t="s">
         <v>1667</v>
       </c>
       <c r="C334" t="s">
         <v>1668</v>
       </c>
       <c r="D334" t="s">
         <v>1669</v>
       </c>
       <c r="E334" t="s">
         <v>1670</v>
       </c>
       <c r="F334" t="s">
         <v>1671</v>
       </c>
       <c r="G334" s="1">
-        <v>0.121</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="335">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B335" t="s">
         <v>1672</v>
       </c>
       <c r="C335" t="s">
         <v>1673</v>
       </c>
       <c r="D335" t="s">
         <v>1674</v>
       </c>
       <c r="E335" t="s">
         <v>1675</v>
       </c>
       <c r="F335" t="s">
         <v>1676</v>
       </c>
       <c r="G335" s="1">
-        <v>0.12</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="336">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B336" t="s">
         <v>1677</v>
       </c>
       <c r="C336" t="s">
         <v>1678</v>
       </c>
       <c r="D336" t="s">
         <v>1679</v>
       </c>
       <c r="E336" t="s">
         <v>1680</v>
       </c>
       <c r="F336" t="s">
         <v>1681</v>
       </c>
       <c r="G336" s="1">
-        <v>0.12</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="337">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B337" t="s">
         <v>1682</v>
       </c>
       <c r="C337" t="s">
         <v>1683</v>
       </c>
       <c r="D337" t="s">
         <v>1684</v>
       </c>
       <c r="E337" t="s">
         <v>1685</v>
       </c>
       <c r="F337" t="s">
         <v>1686</v>
       </c>
       <c r="G337" s="1">
-        <v>0.12</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="338">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B338" t="s">
         <v>1687</v>
       </c>
       <c r="C338" t="s">
         <v>1688</v>
       </c>
       <c r="D338" t="s">
         <v>1689</v>
       </c>
       <c r="E338" t="s">
         <v>1690</v>
       </c>
       <c r="F338" t="s">
         <v>1691</v>
       </c>
       <c r="G338" s="1">
-        <v>0.12</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="339">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B339" t="s">
         <v>1692</v>
       </c>
       <c r="C339" t="s">
         <v>1693</v>
       </c>
       <c r="D339" t="s">
         <v>1694</v>
       </c>
       <c r="E339" t="s">
         <v>1695</v>
       </c>
       <c r="F339" t="s">
         <v>1696</v>
       </c>
       <c r="G339" s="1">
-        <v>0.119</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="340">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B340" t="s">
         <v>1697</v>
       </c>
       <c r="C340" t="s">
         <v>1698</v>
       </c>
       <c r="D340" t="s">
         <v>1699</v>
       </c>
       <c r="E340" t="s">
         <v>1700</v>
       </c>
       <c r="F340" t="s">
         <v>1701</v>
       </c>
       <c r="G340" s="1">
-        <v>0.119</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="341">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B341" t="s">
         <v>1702</v>
       </c>
       <c r="C341" t="s">
         <v>1703</v>
       </c>
       <c r="D341" t="s">
         <v>1704</v>
       </c>
       <c r="E341" t="s">
         <v>1705</v>
       </c>
       <c r="F341" t="s">
         <v>1706</v>
       </c>
       <c r="G341" s="1">
-        <v>0.119</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="342">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B342" t="s">
         <v>1707</v>
       </c>
       <c r="C342" t="s">
         <v>1708</v>
       </c>
       <c r="D342" t="s">
         <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>1710</v>
       </c>
       <c r="F342" t="s">
         <v>1711</v>
       </c>
       <c r="G342" s="1">
-        <v>0.118</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="343">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B343" t="s">
         <v>1712</v>
       </c>
       <c r="C343" t="s">
         <v>1713</v>
       </c>
       <c r="D343" t="s">
         <v>1714</v>
       </c>
       <c r="E343" t="s">
         <v>1715</v>
       </c>
       <c r="F343" t="s">
         <v>1716</v>
       </c>
       <c r="G343" s="1">
-        <v>0.118</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="344">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B344" t="s">
         <v>1717</v>
       </c>
       <c r="C344" t="s">
         <v>1718</v>
       </c>
       <c r="D344" t="s">
         <v>1719</v>
       </c>
       <c r="E344" t="s">
         <v>1720</v>
       </c>
       <c r="F344" t="s">
         <v>1721</v>
       </c>
       <c r="G344" s="1">
-        <v>0.117</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="345">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B345" t="s">
         <v>1722</v>
       </c>
       <c r="C345" t="s">
         <v>1723</v>
       </c>
       <c r="D345" t="s">
         <v>1724</v>
       </c>
       <c r="E345" t="s">
         <v>1725</v>
       </c>
       <c r="F345" t="s">
         <v>1726</v>
       </c>
       <c r="G345" s="1">
-        <v>0.117</v>
+        <v>0.112</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="346">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B346" t="s">
         <v>1727</v>
       </c>
       <c r="C346" t="s">
         <v>1728</v>
       </c>
       <c r="D346" t="s">
         <v>1729</v>
       </c>
       <c r="E346" t="s">
         <v>1730</v>
       </c>
       <c r="F346" t="s">
         <v>1731</v>
       </c>
       <c r="G346" s="1">
-        <v>0.117</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="347">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B347" t="s">
         <v>1732</v>
       </c>
       <c r="C347" t="s">
         <v>1733</v>
       </c>
       <c r="D347" t="s">
         <v>1734</v>
       </c>
       <c r="E347" t="s">
         <v>1735</v>
       </c>
       <c r="F347" t="s">
         <v>1736</v>
       </c>
       <c r="G347" s="1">
-        <v>0.116</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="348">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B348" t="s">
         <v>1737</v>
       </c>
       <c r="C348" t="s">
         <v>1738</v>
       </c>
       <c r="D348" t="s">
         <v>1739</v>
       </c>
       <c r="E348" t="s">
         <v>1740</v>
       </c>
       <c r="F348" t="s">
         <v>1741</v>
       </c>
       <c r="G348" s="1">
-        <v>0.115</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="349">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B349" t="s">
         <v>1742</v>
       </c>
       <c r="C349" t="s">
         <v>1743</v>
       </c>
       <c r="D349" t="s">
         <v>1744</v>
       </c>
       <c r="E349" t="s">
         <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>1746</v>
       </c>
       <c r="G349" s="1">
-        <v>0.114</v>
+        <v>0.111</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="350">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B350" t="s">
         <v>1747</v>
       </c>
       <c r="C350" t="s">
         <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>1749</v>
       </c>
       <c r="E350" t="s">
         <v>1750</v>
       </c>
       <c r="F350" t="s">
         <v>1751</v>
       </c>
       <c r="G350" s="1">
-        <v>0.114</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="351">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B351" t="s">
         <v>1752</v>
       </c>
       <c r="C351" t="s">
         <v>1753</v>
       </c>
       <c r="D351" t="s">
         <v>1754</v>
       </c>
       <c r="E351" t="s">
         <v>1755</v>
       </c>
       <c r="F351" t="s">
         <v>1756</v>
       </c>
       <c r="G351" s="1">
-        <v>0.112</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="352">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B352" t="s">
         <v>1757</v>
       </c>
       <c r="C352" t="s">
         <v>1758</v>
       </c>
       <c r="D352" t="s">
         <v>1759</v>
       </c>
       <c r="E352" t="s">
         <v>1760</v>
       </c>
       <c r="F352" t="s">
         <v>1761</v>
       </c>
       <c r="G352" s="1">
-        <v>0.111</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="353">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B353" t="s">
         <v>1762</v>
       </c>
       <c r="C353" t="s">
         <v>1763</v>
       </c>
       <c r="D353" t="s">
         <v>1764</v>
       </c>
       <c r="E353" t="s">
         <v>1765</v>
       </c>
       <c r="F353" t="s">
         <v>1766</v>
       </c>
       <c r="G353" s="1">
-        <v>0.111</v>
+        <v>0.108</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="354">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B354" t="s">
         <v>1767</v>
       </c>
       <c r="C354" t="s">
         <v>1768</v>
       </c>
       <c r="D354" t="s">
         <v>1769</v>
       </c>
       <c r="E354" t="s">
         <v>1770</v>
       </c>
       <c r="F354" t="s">
         <v>1771</v>
       </c>
       <c r="G354" s="1">
-        <v>0.11</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="355">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B355" t="s">
         <v>1772</v>
       </c>
       <c r="C355" t="s">
         <v>1773</v>
       </c>
       <c r="D355" t="s">
         <v>1774</v>
       </c>
       <c r="E355" t="s">
         <v>1775</v>
       </c>
       <c r="F355" t="s">
         <v>1776</v>
       </c>
       <c r="G355" s="1">
-        <v>0.11</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="356">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B356" t="s">
         <v>1777</v>
       </c>
       <c r="C356" t="s">
         <v>1778</v>
       </c>
       <c r="D356" t="s">
         <v>1779</v>
       </c>
       <c r="E356" t="s">
         <v>1780</v>
       </c>
       <c r="F356" t="s">
         <v>1781</v>
       </c>
       <c r="G356" s="1">
-        <v>0.11</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="357">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B357" t="s">
         <v>1782</v>
       </c>
       <c r="C357" t="s">
         <v>1783</v>
       </c>
       <c r="D357" t="s">
         <v>1784</v>
       </c>
       <c r="E357" t="s">
         <v>1785</v>
       </c>
       <c r="F357" t="s">
         <v>1786</v>
       </c>
       <c r="G357" s="1">
-        <v>0.11</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="358">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B358" t="s">
         <v>1787</v>
       </c>
       <c r="C358" t="s">
         <v>1788</v>
       </c>
       <c r="D358" t="s">
         <v>1789</v>
       </c>
       <c r="E358" t="s">
         <v>1790</v>
       </c>
       <c r="F358" t="s">
         <v>1791</v>
       </c>
       <c r="G358" s="1">
-        <v>0.109</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="359">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B359" t="s">
         <v>1792</v>
       </c>
       <c r="C359" t="s">
         <v>1793</v>
       </c>
       <c r="D359" t="s">
         <v>1794</v>
       </c>
       <c r="E359" t="s">
         <v>1795</v>
       </c>
       <c r="F359" t="s">
         <v>1796</v>
       </c>
       <c r="G359" s="1">
-        <v>0.109</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="360">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B360" t="s">
         <v>1797</v>
       </c>
       <c r="C360" t="s">
         <v>1798</v>
       </c>
       <c r="D360" t="s">
         <v>1799</v>
       </c>
       <c r="E360" t="s">
         <v>1800</v>
       </c>
       <c r="F360" t="s">
         <v>1801</v>
       </c>
       <c r="G360" s="1">
-        <v>0.109</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="361">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B361" t="s">
         <v>1802</v>
       </c>
       <c r="C361" t="s">
         <v>1803</v>
       </c>
       <c r="D361" t="s">
         <v>1804</v>
       </c>
       <c r="E361" t="s">
         <v>1805</v>
       </c>
       <c r="F361" t="s">
         <v>1806</v>
       </c>
       <c r="G361" s="1">
-        <v>0.109</v>
+        <v>0.102</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="362">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B362" t="s">
         <v>1807</v>
       </c>
       <c r="C362" t="s">
         <v>1808</v>
       </c>
       <c r="D362" t="s">
         <v>1809</v>
       </c>
       <c r="E362" t="s">
         <v>1810</v>
       </c>
       <c r="F362" t="s">
         <v>1811</v>
       </c>
       <c r="G362" s="1">
-        <v>0.109</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="363">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B363" t="s">
         <v>1812</v>
       </c>
       <c r="C363" t="s">
         <v>1813</v>
       </c>
       <c r="D363" t="s">
         <v>1814</v>
       </c>
       <c r="E363" t="s">
         <v>1815</v>
       </c>
       <c r="F363" t="s">
         <v>1816</v>
       </c>
       <c r="G363" s="1">
-        <v>0.107</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="364">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B364" t="s">
         <v>1817</v>
       </c>
       <c r="C364" t="s">
         <v>1818</v>
       </c>
       <c r="D364" t="s">
         <v>1819</v>
       </c>
       <c r="E364" t="s">
         <v>1820</v>
       </c>
       <c r="F364" t="s">
         <v>1821</v>
       </c>
       <c r="G364" s="1">
-        <v>0.107</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="365">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B365" t="s">
         <v>1822</v>
       </c>
       <c r="C365" t="s">
         <v>1823</v>
       </c>
       <c r="D365" t="s">
         <v>1824</v>
       </c>
       <c r="E365" t="s">
         <v>1825</v>
       </c>
       <c r="F365" t="s">
         <v>1826</v>
       </c>
       <c r="G365" s="1">
-        <v>0.107</v>
+        <v>0.101</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="366">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B366" t="s">
         <v>1827</v>
       </c>
       <c r="C366" t="s">
         <v>1828</v>
       </c>
       <c r="D366" t="s">
         <v>1829</v>
       </c>
       <c r="E366" t="s">
         <v>1830</v>
       </c>
       <c r="F366" t="s">
         <v>1831</v>
       </c>
       <c r="G366" s="1">
-        <v>0.106</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="367">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B367" t="s">
         <v>1832</v>
       </c>
       <c r="C367" t="s">
         <v>1833</v>
       </c>
       <c r="D367" t="s">
         <v>1834</v>
       </c>
       <c r="E367" t="s">
         <v>1835</v>
       </c>
       <c r="F367" t="s">
         <v>1836</v>
       </c>
       <c r="G367" s="1">
-        <v>0.105</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="368">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B368" t="s">
         <v>1837</v>
       </c>
       <c r="C368" t="s">
         <v>1838</v>
       </c>
       <c r="D368" t="s">
         <v>1839</v>
       </c>
       <c r="E368" t="s">
         <v>1840</v>
       </c>
       <c r="F368" t="s">
         <v>1841</v>
       </c>
       <c r="G368" s="1">
-        <v>0.105</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="369">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B369" t="s">
         <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>1843</v>
       </c>
       <c r="D369" t="s">
         <v>1844</v>
       </c>
       <c r="E369" t="s">
         <v>1845</v>
       </c>
       <c r="F369" t="s">
         <v>1846</v>
       </c>
       <c r="G369" s="1">
-        <v>0.105</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="370">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B370" t="s">
         <v>1847</v>
       </c>
       <c r="C370" t="s">
         <v>1848</v>
       </c>
       <c r="D370" t="s">
         <v>1849</v>
       </c>
       <c r="E370" t="s">
         <v>1850</v>
       </c>
       <c r="F370" t="s">
         <v>1851</v>
       </c>
       <c r="G370" s="1">
-        <v>0.105</v>
+        <v>0.099</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="371">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B371" t="s">
         <v>1852</v>
       </c>
       <c r="C371" t="s">
         <v>1853</v>
       </c>
       <c r="D371" t="s">
         <v>1854</v>
       </c>
       <c r="E371" t="s">
         <v>1855</v>
       </c>
       <c r="F371" t="s">
         <v>1856</v>
       </c>
       <c r="G371" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="372">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B372" t="s">
         <v>1857</v>
       </c>
       <c r="C372" t="s">
         <v>1858</v>
       </c>
       <c r="D372" t="s">
         <v>1859</v>
       </c>
       <c r="E372" t="s">
         <v>1860</v>
       </c>
       <c r="F372" t="s">
         <v>1861</v>
       </c>
       <c r="G372" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="373">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B373" t="s">
         <v>1862</v>
       </c>
       <c r="C373" t="s">
         <v>1863</v>
       </c>
       <c r="D373" t="s">
         <v>1864</v>
       </c>
       <c r="E373" t="s">
         <v>1865</v>
       </c>
       <c r="F373" t="s">
         <v>1866</v>
       </c>
       <c r="G373" s="1">
-        <v>0.105</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="374">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B374" t="s">
         <v>1867</v>
       </c>
       <c r="C374" t="s">
         <v>1868</v>
       </c>
       <c r="D374" t="s">
         <v>1869</v>
       </c>
       <c r="E374" t="s">
         <v>1870</v>
       </c>
       <c r="F374" t="s">
         <v>1871</v>
       </c>
       <c r="G374" s="1">
-        <v>0.104</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="375">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B375" t="s">
         <v>1872</v>
       </c>
       <c r="C375" t="s">
         <v>1873</v>
       </c>
       <c r="D375" t="s">
         <v>1874</v>
       </c>
       <c r="E375" t="s">
         <v>1875</v>
       </c>
       <c r="F375" t="s">
         <v>1876</v>
       </c>
       <c r="G375" s="1">
-        <v>0.104</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="376">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B376" t="s">
         <v>1877</v>
       </c>
       <c r="C376" t="s">
         <v>1878</v>
       </c>
       <c r="D376" t="s">
         <v>1879</v>
       </c>
       <c r="E376" t="s">
         <v>1880</v>
       </c>
       <c r="F376" t="s">
         <v>1881</v>
       </c>
       <c r="G376" s="1">
-        <v>0.104</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="377">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B377" t="s">
         <v>1882</v>
       </c>
       <c r="C377" t="s">
         <v>1883</v>
       </c>
       <c r="D377" t="s">
         <v>1884</v>
       </c>
       <c r="E377" t="s">
         <v>1885</v>
       </c>
       <c r="F377" t="s">
         <v>1886</v>
       </c>
       <c r="G377" s="1">
-        <v>0.104</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="378">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B378" t="s">
         <v>1887</v>
       </c>
       <c r="C378" t="s">
         <v>1888</v>
       </c>
       <c r="D378" t="s">
         <v>1889</v>
       </c>
       <c r="E378" t="s">
         <v>1890</v>
       </c>
       <c r="F378" t="s">
         <v>1891</v>
       </c>
       <c r="G378" s="1">
-        <v>0.103</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="379">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B379" t="s">
         <v>1892</v>
       </c>
       <c r="C379" t="s">
         <v>1893</v>
       </c>
       <c r="D379" t="s">
         <v>1894</v>
       </c>
       <c r="E379" t="s">
         <v>1895</v>
       </c>
       <c r="F379" t="s">
         <v>1896</v>
       </c>
       <c r="G379" s="1">
-        <v>0.102</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="380">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B380" t="s">
         <v>1897</v>
       </c>
       <c r="C380" t="s">
         <v>1898</v>
       </c>
       <c r="D380" t="s">
         <v>1899</v>
       </c>
       <c r="E380" t="s">
         <v>1900</v>
       </c>
       <c r="F380" t="s">
         <v>1901</v>
       </c>
       <c r="G380" s="1">
-        <v>0.102</v>
+        <v>0.097</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="381">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B381" t="s">
         <v>1902</v>
       </c>
       <c r="C381" t="s">
         <v>1903</v>
       </c>
       <c r="D381" t="s">
         <v>1904</v>
       </c>
       <c r="E381" t="s">
         <v>1905</v>
       </c>
       <c r="F381" t="s">
         <v>1906</v>
       </c>
       <c r="G381" s="1">
-        <v>0.102</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="382">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B382" t="s">
         <v>1907</v>
       </c>
       <c r="C382" t="s">
         <v>1908</v>
       </c>
       <c r="D382" t="s">
         <v>1909</v>
       </c>
       <c r="E382" t="s">
         <v>1910</v>
       </c>
       <c r="F382" t="s">
         <v>1911</v>
       </c>
       <c r="G382" s="1">
-        <v>0.102</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="383">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B383" t="s">
         <v>1912</v>
       </c>
       <c r="C383" t="s">
         <v>1913</v>
       </c>
       <c r="D383" t="s">
         <v>1914</v>
       </c>
       <c r="E383" t="s">
         <v>1915</v>
       </c>
       <c r="F383" t="s">
         <v>1916</v>
       </c>
       <c r="G383" s="1">
-        <v>0.101</v>
+        <v>0.096</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="384">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B384" t="s">
         <v>1917</v>
       </c>
       <c r="C384" t="s">
         <v>1918</v>
       </c>
       <c r="D384" t="s">
         <v>1919</v>
       </c>
       <c r="E384" t="s">
         <v>1920</v>
       </c>
       <c r="F384" t="s">
         <v>1921</v>
       </c>
       <c r="G384" s="1">
-        <v>0.101</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="385">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B385" t="s">
         <v>1922</v>
       </c>
       <c r="C385" t="s">
         <v>1923</v>
       </c>
       <c r="D385" t="s">
         <v>1924</v>
       </c>
       <c r="E385" t="s">
         <v>1925</v>
       </c>
       <c r="F385" t="s">
         <v>1926</v>
       </c>
       <c r="G385" s="1">
-        <v>0.1</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="386">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B386" t="s">
         <v>1927</v>
       </c>
       <c r="C386" t="s">
         <v>1928</v>
       </c>
       <c r="D386" t="s">
         <v>1929</v>
       </c>
       <c r="E386" t="s">
         <v>1930</v>
       </c>
       <c r="F386" t="s">
         <v>1931</v>
       </c>
       <c r="G386" s="1">
-        <v>0.1</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="387">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B387" t="s">
         <v>1932</v>
       </c>
       <c r="C387" t="s">
         <v>1933</v>
       </c>
       <c r="D387" t="s">
         <v>1934</v>
       </c>
       <c r="E387" t="s">
         <v>1935</v>
       </c>
       <c r="F387" t="s">
         <v>1936</v>
       </c>
       <c r="G387" s="1">
-        <v>0.1</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="388">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B388" t="s">
         <v>1937</v>
       </c>
       <c r="C388" t="s">
         <v>1938</v>
       </c>
       <c r="D388" t="s">
         <v>1939</v>
       </c>
       <c r="E388" t="s">
         <v>1940</v>
       </c>
       <c r="F388" t="s">
         <v>1941</v>
       </c>
       <c r="G388" s="1">
-        <v>0.1</v>
+        <v>0.095</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="389">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B389" t="s">
         <v>1942</v>
       </c>
       <c r="C389" t="s">
         <v>1943</v>
       </c>
       <c r="D389" t="s">
         <v>1944</v>
       </c>
       <c r="E389" t="s">
         <v>1945</v>
       </c>
       <c r="F389" t="s">
         <v>1946</v>
       </c>
       <c r="G389" s="1">
-        <v>0.099</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="390">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B390" t="s">
         <v>1947</v>
       </c>
       <c r="C390" t="s">
         <v>1948</v>
       </c>
       <c r="D390" t="s">
         <v>1949</v>
       </c>
       <c r="E390" t="s">
         <v>1950</v>
       </c>
       <c r="F390" t="s">
         <v>1951</v>
       </c>
       <c r="G390" s="1">
-        <v>0.099</v>
+        <v>0.094</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="391">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B391" t="s">
         <v>1952</v>
       </c>
       <c r="C391" t="s">
         <v>1953</v>
       </c>
       <c r="D391" t="s">
         <v>1954</v>
       </c>
       <c r="E391" t="s">
         <v>1955</v>
       </c>
       <c r="F391" t="s">
         <v>1956</v>
       </c>
       <c r="G391" s="1">
-        <v>0.099</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="392">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B392" t="s">
         <v>1957</v>
       </c>
       <c r="C392" t="s">
         <v>1958</v>
       </c>
       <c r="D392" t="s">
         <v>1959</v>
       </c>
       <c r="E392" t="s">
         <v>1960</v>
       </c>
       <c r="F392" t="s">
         <v>1961</v>
       </c>
       <c r="G392" s="1">
-        <v>0.098</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="393">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B393" t="s">
         <v>1962</v>
       </c>
       <c r="C393" t="s">
         <v>1963</v>
       </c>
       <c r="D393" t="s">
         <v>1964</v>
       </c>
       <c r="E393" t="s">
         <v>1965</v>
       </c>
       <c r="F393" t="s">
         <v>1966</v>
       </c>
       <c r="G393" s="1">
-        <v>0.097</v>
+        <v>0.093</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="394">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B394" t="s">
         <v>1967</v>
       </c>
       <c r="C394" t="s">
         <v>1968</v>
       </c>
       <c r="D394" t="s">
         <v>1969</v>
       </c>
       <c r="E394" t="s">
         <v>1970</v>
       </c>
       <c r="F394" t="s">
         <v>1971</v>
       </c>
       <c r="G394" s="1">
-        <v>0.097</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="395">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B395" t="s">
         <v>1972</v>
       </c>
       <c r="C395" t="s">
         <v>1973</v>
       </c>
       <c r="D395" t="s">
         <v>1974</v>
       </c>
       <c r="E395" t="s">
         <v>1975</v>
       </c>
       <c r="F395" t="s">
         <v>1976</v>
       </c>
       <c r="G395" s="1">
-        <v>0.095</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="396">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B396" t="s">
         <v>1977</v>
       </c>
       <c r="C396" t="s">
         <v>1978</v>
       </c>
       <c r="D396" t="s">
         <v>1979</v>
       </c>
       <c r="E396" t="s">
         <v>1980</v>
       </c>
       <c r="F396" t="s">
         <v>1981</v>
       </c>
       <c r="G396" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="397">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B397" t="s">
         <v>1982</v>
       </c>
       <c r="C397" t="s">
         <v>1983</v>
       </c>
       <c r="D397" t="s">
         <v>1984</v>
       </c>
       <c r="E397" t="s">
         <v>1985</v>
       </c>
       <c r="F397" t="s">
         <v>1986</v>
       </c>
       <c r="G397" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="398">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B398" t="s">
         <v>1987</v>
       </c>
       <c r="C398" t="s">
         <v>1988</v>
       </c>
       <c r="D398" t="s">
         <v>1989</v>
       </c>
       <c r="E398" t="s">
         <v>1990</v>
       </c>
       <c r="F398" t="s">
         <v>1991</v>
       </c>
       <c r="G398" s="1">
-        <v>0.094</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="399">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B399" t="s">
         <v>1992</v>
       </c>
       <c r="C399" t="s">
         <v>1993</v>
       </c>
       <c r="D399" t="s">
         <v>1994</v>
       </c>
       <c r="E399" t="s">
         <v>1995</v>
       </c>
       <c r="F399" t="s">
         <v>1996</v>
       </c>
       <c r="G399" s="1">
-        <v>0.093</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="400">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B400" t="s">
         <v>1997</v>
       </c>
       <c r="C400" t="s">
         <v>1998</v>
       </c>
       <c r="D400" t="s">
         <v>1999</v>
       </c>
       <c r="E400" t="s">
         <v>2000</v>
       </c>
       <c r="F400" t="s">
         <v>2001</v>
       </c>
       <c r="G400" s="1">
-        <v>0.093</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="401">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B401" t="s">
         <v>2002</v>
       </c>
       <c r="C401" t="s">
         <v>2003</v>
       </c>
       <c r="D401" t="s">
         <v>2004</v>
       </c>
       <c r="E401" t="s">
         <v>2005</v>
       </c>
       <c r="F401" t="s">
         <v>2006</v>
       </c>
       <c r="G401" s="1">
-        <v>0.093</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="402">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B402" t="s">
         <v>2007</v>
       </c>
       <c r="C402" t="s">
         <v>2008</v>
       </c>
       <c r="D402" t="s">
         <v>2009</v>
       </c>
       <c r="E402" t="s">
         <v>2010</v>
       </c>
       <c r="F402" t="s">
         <v>2011</v>
       </c>
       <c r="G402" s="1">
-        <v>0.092</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="403">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B403" t="s">
         <v>2012</v>
       </c>
       <c r="C403" t="s">
         <v>2013</v>
       </c>
       <c r="D403" t="s">
         <v>2014</v>
       </c>
       <c r="E403" t="s">
         <v>2015</v>
       </c>
       <c r="F403" t="s">
         <v>2016</v>
       </c>
       <c r="G403" s="1">
-        <v>0.092</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="404">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B404" t="s">
         <v>2017</v>
       </c>
       <c r="C404" t="s">
         <v>2018</v>
       </c>
       <c r="D404" t="s">
         <v>2019</v>
       </c>
       <c r="E404" t="s">
         <v>2020</v>
       </c>
       <c r="F404" t="s">
         <v>2021</v>
       </c>
       <c r="G404" s="1">
-        <v>0.091</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="405">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B405" t="s">
         <v>2022</v>
       </c>
       <c r="C405" t="s">
         <v>2023</v>
       </c>
       <c r="D405" t="s">
         <v>2024</v>
       </c>
       <c r="E405" t="s">
         <v>2025</v>
       </c>
       <c r="F405" t="s">
         <v>2026</v>
       </c>
       <c r="G405" s="1">
-        <v>0.09</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="406">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B406" t="s">
         <v>2027</v>
       </c>
       <c r="C406" t="s">
         <v>2028</v>
       </c>
       <c r="D406" t="s">
         <v>2029</v>
       </c>
       <c r="E406" t="s">
         <v>2030</v>
       </c>
       <c r="F406" t="s">
         <v>2031</v>
       </c>
       <c r="G406" s="1">
-        <v>0.09</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="407">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B407" t="s">
         <v>2032</v>
       </c>
       <c r="C407" t="s">
         <v>2033</v>
       </c>
       <c r="D407" t="s">
         <v>2034</v>
       </c>
       <c r="E407" t="s">
         <v>2035</v>
       </c>
       <c r="F407" t="s">
         <v>2036</v>
       </c>
       <c r="G407" s="1">
-        <v>0.088</v>
+        <v>0.086</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="408">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B408" t="s">
         <v>2037</v>
       </c>
       <c r="C408" t="s">
         <v>2038</v>
       </c>
       <c r="D408" t="s">
         <v>2039</v>
       </c>
       <c r="E408" t="s">
         <v>2040</v>
       </c>
       <c r="F408" t="s">
         <v>2041</v>
       </c>
       <c r="G408" s="1">
-        <v>0.088</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="409">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B409" t="s">
         <v>2042</v>
       </c>
       <c r="C409" t="s">
         <v>2043</v>
       </c>
       <c r="D409" t="s">
         <v>2044</v>
       </c>
       <c r="E409" t="s">
         <v>2045</v>
       </c>
       <c r="F409" t="s">
         <v>2046</v>
       </c>
       <c r="G409" s="1">
-        <v>0.088</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="410">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B410" t="s">
         <v>2047</v>
       </c>
       <c r="C410" t="s">
         <v>2048</v>
       </c>
       <c r="D410" t="s">
         <v>2049</v>
       </c>
       <c r="E410" t="s">
         <v>2050</v>
       </c>
       <c r="F410" t="s">
         <v>2051</v>
       </c>
       <c r="G410" s="1">
-        <v>0.087</v>
+        <v>0.085</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="411">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B411" t="s">
         <v>2052</v>
       </c>
       <c r="C411" t="s">
         <v>2053</v>
       </c>
       <c r="D411" t="s">
         <v>2054</v>
       </c>
       <c r="E411" t="s">
         <v>2055</v>
       </c>
       <c r="F411" t="s">
         <v>2056</v>
       </c>
       <c r="G411" s="1">
-        <v>0.087</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="412">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B412" t="s">
         <v>2057</v>
       </c>
       <c r="C412" t="s">
         <v>2058</v>
       </c>
       <c r="D412" t="s">
         <v>2059</v>
       </c>
       <c r="E412" t="s">
         <v>2060</v>
       </c>
       <c r="F412" t="s">
         <v>2061</v>
       </c>
       <c r="G412" s="1">
-        <v>0.087</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="413">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B413" t="s">
         <v>2062</v>
       </c>
       <c r="C413" t="s">
         <v>2063</v>
       </c>
       <c r="D413" t="s">
         <v>2064</v>
       </c>
       <c r="E413" t="s">
         <v>2065</v>
       </c>
       <c r="F413" t="s">
         <v>2066</v>
       </c>
       <c r="G413" s="1">
-        <v>0.086</v>
+        <v>0.084</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="414">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B414" t="s">
         <v>2067</v>
       </c>
       <c r="C414" t="s">
         <v>2068</v>
       </c>
       <c r="D414" t="s">
         <v>2069</v>
       </c>
       <c r="E414" t="s">
         <v>2070</v>
       </c>
       <c r="F414" t="s">
         <v>2071</v>
       </c>
       <c r="G414" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="415">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B415" t="s">
         <v>2072</v>
       </c>
       <c r="C415" t="s">
         <v>2073</v>
       </c>
       <c r="D415" t="s">
         <v>2074</v>
       </c>
       <c r="E415" t="s">
         <v>2075</v>
       </c>
       <c r="F415" t="s">
         <v>2076</v>
       </c>
       <c r="G415" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="416">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B416" t="s">
         <v>2077</v>
       </c>
       <c r="C416" t="s">
         <v>2078</v>
       </c>
       <c r="D416" t="s">
         <v>2079</v>
       </c>
       <c r="E416" t="s">
         <v>2080</v>
       </c>
       <c r="F416" t="s">
         <v>2081</v>
       </c>
       <c r="G416" s="1">
-        <v>0.086</v>
+        <v>0.083</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="417">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B417" t="s">
         <v>2082</v>
       </c>
       <c r="C417" t="s">
         <v>2083</v>
       </c>
       <c r="D417" t="s">
         <v>2084</v>
       </c>
       <c r="E417" t="s">
         <v>2085</v>
       </c>
       <c r="F417" t="s">
         <v>2086</v>
       </c>
       <c r="G417" s="1">
-        <v>0.085</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="418">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B418" t="s">
         <v>2087</v>
       </c>
       <c r="C418" t="s">
         <v>2088</v>
       </c>
       <c r="D418" t="s">
         <v>2089</v>
       </c>
       <c r="E418" t="s">
         <v>2090</v>
       </c>
       <c r="F418" t="s">
         <v>2091</v>
       </c>
       <c r="G418" s="1">
-        <v>0.085</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="419">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B419" t="s">
         <v>2092</v>
       </c>
       <c r="C419" t="s">
         <v>2093</v>
       </c>
       <c r="D419" t="s">
         <v>2094</v>
       </c>
       <c r="E419" t="s">
         <v>2095</v>
       </c>
       <c r="F419" t="s">
         <v>2096</v>
       </c>
       <c r="G419" s="1">
-        <v>0.085</v>
+        <v>0.082</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="420">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B420" t="s">
         <v>2097</v>
       </c>
       <c r="C420" t="s">
         <v>2098</v>
       </c>
       <c r="D420" t="s">
         <v>2099</v>
       </c>
       <c r="E420" t="s">
         <v>2100</v>
       </c>
       <c r="F420" t="s">
         <v>2101</v>
       </c>
       <c r="G420" s="1">
-        <v>0.085</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="421">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B421" t="s">
         <v>2102</v>
       </c>
       <c r="C421" t="s">
         <v>2103</v>
       </c>
       <c r="D421" t="s">
         <v>2104</v>
       </c>
       <c r="E421" t="s">
         <v>2105</v>
       </c>
       <c r="F421" t="s">
         <v>2106</v>
       </c>
       <c r="G421" s="1">
-        <v>0.084</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="422">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B422" t="s">
         <v>2107</v>
       </c>
       <c r="C422" t="s">
         <v>2108</v>
       </c>
       <c r="D422" t="s">
         <v>2109</v>
       </c>
       <c r="E422" t="s">
         <v>2110</v>
       </c>
       <c r="F422" t="s">
         <v>2111</v>
       </c>
       <c r="G422" s="1">
-        <v>0.083</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="423">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B423" t="s">
         <v>2112</v>
       </c>
       <c r="C423" t="s">
         <v>2113</v>
       </c>
       <c r="D423" t="s">
         <v>2114</v>
       </c>
       <c r="E423" t="s">
         <v>2115</v>
       </c>
       <c r="F423" t="s">
         <v>2116</v>
       </c>
       <c r="G423" s="1">
-        <v>0.083</v>
+        <v>0.081</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="424">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B424" t="s">
         <v>2117</v>
       </c>
       <c r="C424" t="s">
         <v>2118</v>
       </c>
       <c r="D424" t="s">
         <v>2119</v>
       </c>
       <c r="E424" t="s">
         <v>2120</v>
       </c>
       <c r="F424" t="s">
         <v>2121</v>
       </c>
       <c r="G424" s="1">
-        <v>0.083</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="425">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B425" t="s">
         <v>2122</v>
       </c>
       <c r="C425" t="s">
         <v>2123</v>
       </c>
       <c r="D425" t="s">
         <v>2124</v>
       </c>
       <c r="E425" t="s">
         <v>2125</v>
       </c>
       <c r="F425" t="s">
         <v>2126</v>
       </c>
       <c r="G425" s="1">
-        <v>0.083</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="426">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B426" t="s">
         <v>2127</v>
       </c>
       <c r="C426" t="s">
         <v>2128</v>
       </c>
       <c r="D426" t="s">
         <v>2129</v>
       </c>
       <c r="E426" t="s">
         <v>2130</v>
       </c>
       <c r="F426" t="s">
         <v>2131</v>
       </c>
       <c r="G426" s="1">
-        <v>0.083</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="427">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B427" t="s">
         <v>2132</v>
       </c>
       <c r="C427" t="s">
         <v>2133</v>
       </c>
       <c r="D427" t="s">
         <v>2134</v>
       </c>
       <c r="E427" t="s">
         <v>2135</v>
       </c>
       <c r="F427" t="s">
         <v>2136</v>
       </c>
       <c r="G427" s="1">
-        <v>0.082</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="428">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B428" t="s">
         <v>2137</v>
       </c>
       <c r="C428" t="s">
         <v>2138</v>
       </c>
       <c r="D428" t="s">
         <v>2139</v>
       </c>
       <c r="E428" t="s">
         <v>2140</v>
       </c>
       <c r="F428" t="s">
         <v>2141</v>
       </c>
       <c r="G428" s="1">
-        <v>0.082</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="429">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B429" t="s">
         <v>2142</v>
       </c>
       <c r="C429" t="s">
         <v>2143</v>
       </c>
       <c r="D429" t="s">
         <v>2144</v>
       </c>
       <c r="E429" t="s">
         <v>2145</v>
       </c>
       <c r="F429" t="s">
         <v>2146</v>
       </c>
       <c r="G429" s="1">
-        <v>0.081</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="430">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B430" t="s">
         <v>2147</v>
       </c>
       <c r="C430" t="s">
         <v>2148</v>
       </c>
       <c r="D430" t="s">
         <v>2149</v>
       </c>
       <c r="E430" t="s">
         <v>2150</v>
       </c>
       <c r="F430" t="s">
         <v>2151</v>
       </c>
       <c r="G430" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="431">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B431" t="s">
         <v>2152</v>
       </c>
       <c r="C431" t="s">
         <v>2153</v>
       </c>
       <c r="D431" t="s">
         <v>2154</v>
       </c>
       <c r="E431" t="s">
         <v>2155</v>
       </c>
       <c r="F431" t="s">
         <v>2156</v>
       </c>
       <c r="G431" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="432">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B432" t="s">
         <v>2157</v>
       </c>
       <c r="C432" t="s">
         <v>2158</v>
       </c>
       <c r="D432" t="s">
         <v>2159</v>
       </c>
       <c r="E432" t="s">
         <v>2160</v>
       </c>
       <c r="F432" t="s">
         <v>2161</v>
       </c>
       <c r="G432" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="433">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B433" t="s">
         <v>2162</v>
       </c>
       <c r="C433" t="s">
         <v>2163</v>
       </c>
       <c r="D433" t="s">
         <v>2164</v>
       </c>
       <c r="E433" t="s">
         <v>2165</v>
       </c>
       <c r="F433" t="s">
         <v>2166</v>
       </c>
       <c r="G433" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="434">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B434" t="s">
         <v>2167</v>
       </c>
       <c r="C434" t="s">
         <v>2168</v>
       </c>
       <c r="D434" t="s">
         <v>2169</v>
       </c>
       <c r="E434" t="s">
         <v>2170</v>
       </c>
       <c r="F434" t="s">
         <v>2171</v>
       </c>
       <c r="G434" s="1">
-        <v>0.08</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="435">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B435" t="s">
         <v>2172</v>
       </c>
       <c r="C435" t="s">
         <v>2173</v>
       </c>
       <c r="D435" t="s">
         <v>2174</v>
       </c>
       <c r="E435" t="s">
         <v>2175</v>
       </c>
       <c r="F435" t="s">
         <v>2176</v>
       </c>
       <c r="G435" s="1">
-        <v>0.079</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="436">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B436" t="s">
         <v>2177</v>
       </c>
       <c r="C436" t="s">
         <v>2178</v>
       </c>
       <c r="D436" t="s">
         <v>2179</v>
       </c>
       <c r="E436" t="s">
         <v>2180</v>
       </c>
       <c r="F436" t="s">
         <v>2181</v>
       </c>
       <c r="G436" s="1">
-        <v>0.079</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="437">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B437" t="s">
         <v>2182</v>
       </c>
       <c r="C437" t="s">
         <v>2183</v>
       </c>
       <c r="D437" t="s">
         <v>2184</v>
       </c>
       <c r="E437" t="s">
         <v>2185</v>
       </c>
       <c r="F437" t="s">
         <v>2186</v>
       </c>
       <c r="G437" s="1">
-        <v>0.079</v>
+        <v>0.077</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="438">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B438" t="s">
         <v>2187</v>
       </c>
       <c r="C438" t="s">
         <v>2188</v>
       </c>
       <c r="D438" t="s">
         <v>2189</v>
       </c>
       <c r="E438" t="s">
         <v>2190</v>
       </c>
       <c r="F438" t="s">
         <v>2191</v>
       </c>
       <c r="G438" s="1">
-        <v>0.079</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="439">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B439" t="s">
         <v>2192</v>
       </c>
       <c r="C439" t="s">
         <v>2193</v>
       </c>
       <c r="D439" t="s">
         <v>2194</v>
       </c>
       <c r="E439" t="s">
         <v>2195</v>
       </c>
       <c r="F439" t="s">
         <v>2196</v>
       </c>
       <c r="G439" s="1">
-        <v>0.078</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="440">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B440" t="s">
         <v>2197</v>
       </c>
       <c r="C440" t="s">
         <v>2198</v>
       </c>
       <c r="D440" t="s">
         <v>2199</v>
       </c>
       <c r="E440" t="s">
         <v>2200</v>
       </c>
       <c r="F440" t="s">
         <v>2201</v>
       </c>
       <c r="G440" s="1">
-        <v>0.078</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="441">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B441" t="s">
         <v>2202</v>
       </c>
       <c r="C441" t="s">
         <v>2203</v>
       </c>
       <c r="D441" t="s">
         <v>2204</v>
       </c>
       <c r="E441" t="s">
         <v>2205</v>
       </c>
       <c r="F441" t="s">
         <v>2206</v>
       </c>
       <c r="G441" s="1">
-        <v>0.078</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="442">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B442" t="s">
         <v>2207</v>
       </c>
       <c r="C442" t="s">
         <v>2208</v>
       </c>
       <c r="D442" t="s">
         <v>2209</v>
       </c>
       <c r="E442" t="s">
         <v>2210</v>
       </c>
       <c r="F442" t="s">
         <v>2211</v>
       </c>
       <c r="G442" s="1">
-        <v>0.078</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="443">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B443" t="s">
         <v>2212</v>
       </c>
       <c r="C443" t="s">
         <v>2213</v>
       </c>
       <c r="D443" t="s">
         <v>2214</v>
       </c>
       <c r="E443" t="s">
         <v>2215</v>
       </c>
       <c r="F443" t="s">
         <v>2216</v>
       </c>
       <c r="G443" s="1">
-        <v>0.077</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="444">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B444" t="s">
         <v>2217</v>
       </c>
       <c r="C444" t="s">
         <v>2218</v>
       </c>
       <c r="D444" t="s">
         <v>2219</v>
       </c>
       <c r="E444" t="s">
         <v>2220</v>
       </c>
       <c r="F444" t="s">
         <v>2221</v>
       </c>
       <c r="G444" s="1">
-        <v>0.076</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="445">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B445" t="s">
         <v>2222</v>
       </c>
       <c r="C445" t="s">
         <v>2223</v>
       </c>
       <c r="D445" t="s">
         <v>2224</v>
       </c>
       <c r="E445" t="s">
         <v>2225</v>
       </c>
       <c r="F445" t="s">
         <v>2226</v>
       </c>
       <c r="G445" s="1">
-        <v>0.076</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="446">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B446" t="s">
         <v>2227</v>
       </c>
       <c r="C446" t="s">
         <v>2228</v>
       </c>
       <c r="D446" t="s">
         <v>2229</v>
       </c>
       <c r="E446" t="s">
         <v>2230</v>
       </c>
       <c r="F446" t="s">
         <v>2231</v>
       </c>
       <c r="G446" s="1">
-        <v>0.076</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="447">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B447" t="s">
         <v>2232</v>
       </c>
       <c r="C447" t="s">
         <v>2233</v>
       </c>
       <c r="D447" t="s">
         <v>2234</v>
       </c>
       <c r="E447" t="s">
         <v>2235</v>
       </c>
       <c r="F447" t="s">
         <v>2236</v>
       </c>
       <c r="G447" s="1">
-        <v>0.075</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="448">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B448" t="s">
         <v>2237</v>
       </c>
       <c r="C448" t="s">
         <v>2238</v>
       </c>
       <c r="D448" t="s">
         <v>2239</v>
       </c>
       <c r="E448" t="s">
         <v>2240</v>
       </c>
       <c r="F448" t="s">
         <v>2241</v>
       </c>
       <c r="G448" s="1">
-        <v>0.075</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="449">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B449" t="s">
         <v>2242</v>
       </c>
       <c r="C449" t="s">
         <v>2243</v>
       </c>
       <c r="D449" t="s">
         <v>2244</v>
       </c>
       <c r="E449" t="s">
         <v>2245</v>
       </c>
       <c r="F449" t="s">
         <v>2246</v>
       </c>
       <c r="G449" s="1">
-        <v>0.075</v>
+        <v>0.071</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="450">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B450" t="s">
         <v>2247</v>
       </c>
       <c r="C450" t="s">
         <v>2248</v>
       </c>
       <c r="D450" t="s">
         <v>2249</v>
       </c>
       <c r="E450" t="s">
         <v>2250</v>
       </c>
       <c r="F450" t="s">
         <v>2251</v>
       </c>
       <c r="G450" s="1">
-        <v>0.075</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="451">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B451" t="s">
         <v>2252</v>
       </c>
       <c r="C451" t="s">
         <v>2253</v>
       </c>
       <c r="D451" t="s">
         <v>2254</v>
       </c>
       <c r="E451" t="s">
         <v>2255</v>
       </c>
       <c r="F451" t="s">
         <v>2256</v>
       </c>
       <c r="G451" s="1">
-        <v>0.074</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="452">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B452" t="s">
         <v>2257</v>
       </c>
       <c r="C452" t="s">
         <v>2258</v>
       </c>
       <c r="D452" t="s">
         <v>2259</v>
       </c>
       <c r="E452" t="s">
         <v>2260</v>
       </c>
       <c r="F452" t="s">
         <v>2261</v>
       </c>
       <c r="G452" s="1">
-        <v>0.074</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="453">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B453" t="s">
         <v>2262</v>
       </c>
       <c r="C453" t="s">
         <v>2263</v>
       </c>
       <c r="D453" t="s">
         <v>2264</v>
       </c>
       <c r="E453" t="s">
         <v>2265</v>
       </c>
       <c r="F453" t="s">
         <v>2266</v>
       </c>
       <c r="G453" s="1">
-        <v>0.074</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="454">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B454" t="s">
         <v>2267</v>
       </c>
       <c r="C454" t="s">
         <v>2268</v>
       </c>
       <c r="D454" t="s">
         <v>2269</v>
       </c>
       <c r="E454" t="s">
         <v>2270</v>
       </c>
       <c r="F454" t="s">
         <v>2271</v>
       </c>
       <c r="G454" s="1">
-        <v>0.073</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="455">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B455" t="s">
         <v>2272</v>
       </c>
       <c r="C455" t="s">
         <v>2273</v>
       </c>
       <c r="D455" t="s">
         <v>2274</v>
       </c>
       <c r="E455" t="s">
         <v>2275</v>
       </c>
       <c r="F455" t="s">
         <v>2276</v>
       </c>
       <c r="G455" s="1">
-        <v>0.073</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="456">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B456" t="s">
         <v>2277</v>
       </c>
       <c r="C456" t="s">
         <v>2278</v>
       </c>
       <c r="D456" t="s">
         <v>2279</v>
       </c>
       <c r="E456" t="s">
         <v>2280</v>
       </c>
       <c r="F456" t="s">
         <v>2281</v>
       </c>
       <c r="G456" s="1">
-        <v>0.073</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="457">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B457" t="s">
         <v>2282</v>
       </c>
       <c r="C457" t="s">
         <v>2283</v>
       </c>
       <c r="D457" t="s">
         <v>2284</v>
       </c>
       <c r="E457" t="s">
         <v>2285</v>
       </c>
       <c r="F457" t="s">
         <v>2286</v>
       </c>
       <c r="G457" s="1">
-        <v>0.073</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="458">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B458" t="s">
         <v>2287</v>
       </c>
       <c r="C458" t="s">
         <v>2288</v>
       </c>
       <c r="D458" t="s">
         <v>2289</v>
       </c>
       <c r="E458" t="s">
         <v>2290</v>
       </c>
       <c r="F458" t="s">
         <v>2291</v>
       </c>
       <c r="G458" s="1">
-        <v>0.072</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="459">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B459" t="s">
         <v>2292</v>
       </c>
       <c r="C459" t="s">
         <v>2293</v>
       </c>
       <c r="D459" t="s">
         <v>2294</v>
       </c>
       <c r="E459" t="s">
         <v>2295</v>
       </c>
       <c r="F459" t="s">
         <v>2296</v>
       </c>
       <c r="G459" s="1">
-        <v>0.072</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="460">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B460" t="s">
         <v>2297</v>
       </c>
       <c r="C460" t="s">
         <v>2298</v>
       </c>
       <c r="D460" t="s">
         <v>2299</v>
       </c>
       <c r="E460" t="s">
         <v>2300</v>
       </c>
       <c r="F460" t="s">
         <v>2301</v>
       </c>
       <c r="G460" s="1">
-        <v>0.072</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="461">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B461" t="s">
         <v>2302</v>
       </c>
       <c r="C461" t="s">
         <v>2303</v>
       </c>
       <c r="D461" t="s">
         <v>2304</v>
       </c>
       <c r="E461" t="s">
         <v>2305</v>
       </c>
       <c r="F461" t="s">
         <v>2306</v>
       </c>
       <c r="G461" s="1">
-        <v>0.07</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="462">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B462" t="s">
         <v>2307</v>
       </c>
       <c r="C462" t="s">
         <v>2308</v>
       </c>
       <c r="D462" t="s">
         <v>2309</v>
       </c>
       <c r="E462" t="s">
         <v>2310</v>
       </c>
       <c r="F462" t="s">
         <v>2311</v>
       </c>
       <c r="G462" s="1">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="463">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B463" t="s">
         <v>2312</v>
       </c>
       <c r="C463" t="s">
         <v>2313</v>
       </c>
       <c r="D463" t="s">
         <v>2314</v>
       </c>
       <c r="E463" t="s">
         <v>2315</v>
       </c>
       <c r="F463" t="s">
         <v>2316</v>
       </c>
       <c r="G463" s="1">
-        <v>0.07</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="464">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B464" t="s">
         <v>2317</v>
       </c>
       <c r="C464" t="s">
         <v>2318</v>
       </c>
       <c r="D464" t="s">
         <v>2319</v>
       </c>
       <c r="E464" t="s">
         <v>2320</v>
       </c>
       <c r="F464" t="s">
         <v>2321</v>
       </c>
       <c r="G464" s="1">
-        <v>0.068</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="465">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B465" t="s">
         <v>2322</v>
       </c>
       <c r="C465" t="s">
         <v>2323</v>
       </c>
       <c r="D465" t="s">
         <v>2324</v>
       </c>
       <c r="E465" t="s">
         <v>2325</v>
       </c>
       <c r="F465" t="s">
         <v>2326</v>
       </c>
       <c r="G465" s="1">
-        <v>0.068</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="466">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B466" t="s">
         <v>2327</v>
       </c>
       <c r="C466" t="s">
         <v>2328</v>
       </c>
       <c r="D466" t="s">
         <v>2329</v>
       </c>
       <c r="E466" t="s">
         <v>2330</v>
       </c>
       <c r="F466" t="s">
         <v>2331</v>
       </c>
       <c r="G466" s="1">
-        <v>0.067</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="467">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B467" t="s">
         <v>2332</v>
       </c>
       <c r="C467" t="s">
         <v>2333</v>
       </c>
       <c r="D467" t="s">
         <v>2334</v>
       </c>
       <c r="E467" t="s">
         <v>2335</v>
       </c>
       <c r="F467" t="s">
         <v>2336</v>
       </c>
       <c r="G467" s="1">
-        <v>0.066</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="468">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B468" t="s">
         <v>2337</v>
       </c>
       <c r="C468" t="s">
         <v>2338</v>
       </c>
       <c r="D468" t="s">
         <v>2339</v>
       </c>
       <c r="E468" t="s">
         <v>2340</v>
       </c>
       <c r="F468" t="s">
         <v>2341</v>
       </c>
       <c r="G468" s="1">
-        <v>0.066</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="469">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B469" t="s">
         <v>2342</v>
       </c>
       <c r="C469" t="s">
         <v>2343</v>
       </c>
       <c r="D469" t="s">
         <v>2344</v>
       </c>
       <c r="E469" t="s">
         <v>2345</v>
       </c>
       <c r="F469" t="s">
         <v>2346</v>
       </c>
       <c r="G469" s="1">
-        <v>0.065</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="470">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B470" t="s">
         <v>2347</v>
       </c>
       <c r="C470" t="s">
         <v>2348</v>
       </c>
       <c r="D470" t="s">
         <v>2349</v>
       </c>
       <c r="E470" t="s">
         <v>2350</v>
       </c>
       <c r="F470" t="s">
         <v>2351</v>
       </c>
       <c r="G470" s="1">
-        <v>0.064</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="471">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B471" t="s">
         <v>2352</v>
       </c>
       <c r="C471" t="s">
         <v>2353</v>
       </c>
       <c r="D471" t="s">
         <v>2354</v>
       </c>
       <c r="E471" t="s">
         <v>2355</v>
       </c>
       <c r="F471" t="s">
         <v>2356</v>
       </c>
       <c r="G471" s="1">
-        <v>0.063</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="472">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B472" t="s">
         <v>2357</v>
       </c>
       <c r="C472" t="s">
         <v>2358</v>
       </c>
       <c r="D472" t="s">
         <v>2359</v>
       </c>
       <c r="E472" t="s">
         <v>2360</v>
       </c>
       <c r="F472" t="s">
         <v>2361</v>
       </c>
       <c r="G472" s="1">
-        <v>0.063</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="473">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B473" t="s">
         <v>2362</v>
       </c>
       <c r="C473" t="s">
         <v>2363</v>
       </c>
       <c r="D473" t="s">
         <v>2364</v>
       </c>
       <c r="E473" t="s">
         <v>2365</v>
       </c>
       <c r="F473" t="s">
         <v>2366</v>
       </c>
       <c r="G473" s="1">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="474">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B474" t="s">
         <v>2367</v>
       </c>
       <c r="C474" t="s">
         <v>2368</v>
       </c>
       <c r="D474" t="s">
         <v>2369</v>
       </c>
       <c r="E474" t="s">
         <v>2370</v>
       </c>
       <c r="F474" t="s">
         <v>2371</v>
       </c>
       <c r="G474" s="1">
-        <v>0.062</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="475">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B475" t="s">
         <v>2372</v>
       </c>
       <c r="C475" t="s">
         <v>2373</v>
       </c>
       <c r="D475" t="s">
         <v>2374</v>
       </c>
       <c r="E475" t="s">
         <v>2375</v>
       </c>
       <c r="F475" t="s">
         <v>2376</v>
       </c>
       <c r="G475" s="1">
-        <v>0.062</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="476">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B476" t="s">
         <v>2377</v>
       </c>
       <c r="C476" t="s">
         <v>2378</v>
       </c>
       <c r="D476" t="s">
         <v>2379</v>
       </c>
       <c r="E476" t="s">
         <v>2380</v>
       </c>
       <c r="F476" t="s">
         <v>2381</v>
       </c>
       <c r="G476" s="1">
-        <v>0.062</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="477">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B477" t="s">
         <v>2382</v>
       </c>
       <c r="C477" t="s">
         <v>2383</v>
       </c>
       <c r="D477" t="s">
         <v>2384</v>
       </c>
       <c r="E477" t="s">
         <v>2385</v>
       </c>
       <c r="F477" t="s">
         <v>2386</v>
       </c>
       <c r="G477" s="1">
-        <v>0.061</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="478">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B478" t="s">
         <v>2387</v>
       </c>
       <c r="C478" t="s">
         <v>2388</v>
       </c>
       <c r="D478" t="s">
         <v>2389</v>
       </c>
       <c r="E478" t="s">
         <v>2390</v>
       </c>
       <c r="F478" t="s">
         <v>2391</v>
       </c>
       <c r="G478" s="1">
-        <v>0.06</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="479">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B479" t="s">
         <v>2392</v>
       </c>
       <c r="C479" t="s">
         <v>2393</v>
       </c>
       <c r="D479" t="s">
         <v>2394</v>
       </c>
       <c r="E479" t="s">
         <v>2395</v>
       </c>
       <c r="F479" t="s">
         <v>2396</v>
       </c>
       <c r="G479" s="1">
-        <v>0.06</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="480">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B480" t="s">
         <v>2397</v>
       </c>
       <c r="C480" t="s">
         <v>2398</v>
       </c>
       <c r="D480" t="s">
         <v>2399</v>
       </c>
       <c r="E480" t="s">
         <v>2400</v>
       </c>
       <c r="F480" t="s">
         <v>2401</v>
       </c>
       <c r="G480" s="1">
-        <v>0.059</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="481">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B481" t="s">
         <v>2402</v>
       </c>
       <c r="C481" t="s">
         <v>2403</v>
       </c>
       <c r="D481" t="s">
         <v>2404</v>
       </c>
       <c r="E481" t="s">
         <v>2405</v>
       </c>
       <c r="F481" t="s">
         <v>2406</v>
       </c>
       <c r="G481" s="1">
-        <v>0.059</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="482">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B482" t="s">
         <v>2407</v>
       </c>
       <c r="C482" t="s">
         <v>2408</v>
       </c>
       <c r="D482" t="s">
         <v>2409</v>
       </c>
       <c r="E482" t="s">
         <v>2410</v>
       </c>
       <c r="F482" t="s">
         <v>2411</v>
       </c>
       <c r="G482" s="1">
-        <v>0.059</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="483">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B483" t="s">
         <v>2412</v>
       </c>
       <c r="C483" t="s">
         <v>2413</v>
       </c>
       <c r="D483" t="s">
         <v>2414</v>
       </c>
       <c r="E483" t="s">
         <v>2415</v>
       </c>
       <c r="F483" t="s">
         <v>2416</v>
       </c>
       <c r="G483" s="1">
-        <v>0.059</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="484">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B484" t="s">
         <v>2417</v>
       </c>
       <c r="C484" t="s">
         <v>2418</v>
       </c>
       <c r="D484" t="s">
         <v>2419</v>
       </c>
       <c r="E484" t="s">
         <v>2420</v>
       </c>
       <c r="F484" t="s">
         <v>2421</v>
       </c>
       <c r="G484" s="1">
-        <v>0.059</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="485">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B485" t="s">
         <v>2422</v>
       </c>
       <c r="C485" t="s">
         <v>2423</v>
       </c>
       <c r="D485" t="s">
         <v>2424</v>
       </c>
       <c r="E485" t="s">
         <v>2425</v>
       </c>
       <c r="F485" t="s">
         <v>2426</v>
       </c>
       <c r="G485" s="1">
-        <v>0.059</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="486">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B486" t="s">
         <v>2427</v>
       </c>
       <c r="C486" t="s">
         <v>2428</v>
       </c>
       <c r="D486" t="s">
         <v>2429</v>
       </c>
       <c r="E486" t="s">
         <v>2430</v>
       </c>
       <c r="F486" t="s">
         <v>2431</v>
       </c>
       <c r="G486" s="1">
-        <v>0.059</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="487">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B487" t="s">
         <v>2432</v>
       </c>
       <c r="C487" t="s">
         <v>2433</v>
       </c>
       <c r="D487" t="s">
         <v>2434</v>
       </c>
       <c r="E487" t="s">
         <v>2435</v>
       </c>
       <c r="F487" t="s">
         <v>2436</v>
       </c>
       <c r="G487" s="1">
-        <v>0.058</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="488">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B488" t="s">
         <v>2437</v>
       </c>
       <c r="C488" t="s">
         <v>2438</v>
       </c>
       <c r="D488" t="s">
         <v>2439</v>
       </c>
       <c r="E488" t="s">
         <v>2440</v>
       </c>
       <c r="F488" t="s">
         <v>2441</v>
       </c>
       <c r="G488" s="1">
-        <v>0.058</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="489">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B489" t="s">
         <v>2442</v>
       </c>
       <c r="C489" t="s">
         <v>2443</v>
       </c>
       <c r="D489" t="s">
         <v>2444</v>
       </c>
       <c r="E489" t="s">
         <v>2445</v>
       </c>
       <c r="F489" t="s">
         <v>2446</v>
       </c>
       <c r="G489" s="1">
-        <v>0.057</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="490">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B490" t="s">
         <v>2447</v>
       </c>
       <c r="C490" t="s">
         <v>2448</v>
       </c>
       <c r="D490" t="s">
         <v>2449</v>
       </c>
       <c r="E490" t="s">
         <v>2450</v>
       </c>
       <c r="F490" t="s">
         <v>2451</v>
       </c>
       <c r="G490" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="491">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B491" t="s">
         <v>2452</v>
       </c>
       <c r="C491" t="s">
         <v>2453</v>
       </c>
       <c r="D491" t="s">
         <v>2454</v>
       </c>
       <c r="E491" t="s">
         <v>2455</v>
       </c>
       <c r="F491" t="s">
         <v>2456</v>
       </c>
       <c r="G491" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="492">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B492" t="s">
         <v>2457</v>
       </c>
       <c r="C492" t="s">
         <v>2458</v>
       </c>
       <c r="D492" t="s">
         <v>2459</v>
       </c>
       <c r="E492" t="s">
         <v>2460</v>
       </c>
       <c r="F492" t="s">
         <v>2461</v>
       </c>
       <c r="G492" s="1">
-        <v>0.057</v>
+        <v>0.054</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="493">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B493" t="s">
         <v>2462</v>
       </c>
       <c r="C493" t="s">
         <v>2463</v>
       </c>
       <c r="D493" t="s">
         <v>2464</v>
       </c>
       <c r="E493" t="s">
         <v>2465</v>
       </c>
       <c r="F493" t="s">
         <v>2466</v>
       </c>
       <c r="G493" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="494">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B494" t="s">
         <v>2467</v>
       </c>
       <c r="C494" t="s">
         <v>2468</v>
       </c>
       <c r="D494" t="s">
         <v>2469</v>
       </c>
       <c r="E494" t="s">
         <v>2470</v>
       </c>
       <c r="F494" t="s">
         <v>2471</v>
       </c>
       <c r="G494" s="1">
-        <v>0.056</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="495">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B495" t="s">
         <v>2472</v>
       </c>
       <c r="C495" t="s">
         <v>2473</v>
       </c>
       <c r="D495" t="s">
         <v>2474</v>
       </c>
       <c r="E495" t="s">
         <v>2475</v>
       </c>
       <c r="F495" t="s">
         <v>2476</v>
       </c>
       <c r="G495" s="1">
-        <v>0.055</v>
+        <v>0.053</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="496">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B496" t="s">
         <v>2477</v>
       </c>
       <c r="C496" t="s">
         <v>2478</v>
       </c>
       <c r="D496" t="s">
         <v>2479</v>
       </c>
       <c r="E496" t="s">
         <v>2480</v>
       </c>
       <c r="F496" t="s">
         <v>2481</v>
       </c>
       <c r="G496" s="1">
-        <v>0.054</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="497">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B497" t="s">
         <v>2482</v>
       </c>
       <c r="C497" t="s">
         <v>2483</v>
       </c>
       <c r="D497" t="s">
         <v>2484</v>
       </c>
       <c r="E497" t="s">
         <v>2485</v>
       </c>
       <c r="F497" t="s">
         <v>2486</v>
       </c>
       <c r="G497" s="1">
-        <v>0.053</v>
+        <v>0.052</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="498">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B498" t="s">
         <v>2487</v>
       </c>
       <c r="C498" t="s">
         <v>2488</v>
       </c>
       <c r="D498" t="s">
         <v>2489</v>
       </c>
       <c r="E498" t="s">
         <v>2490</v>
       </c>
       <c r="F498" t="s">
         <v>2491</v>
       </c>
       <c r="G498" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="499">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B499" t="s">
         <v>2492</v>
       </c>
       <c r="C499" t="s">
         <v>2493</v>
       </c>
       <c r="D499" t="s">
         <v>2494</v>
       </c>
       <c r="E499" t="s">
         <v>2495</v>
       </c>
       <c r="F499" t="s">
         <v>2496</v>
       </c>
       <c r="G499" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="500">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B500" t="s">
         <v>2497</v>
       </c>
       <c r="C500" t="s">
         <v>2498</v>
       </c>
       <c r="D500" t="s">
         <v>2499</v>
       </c>
       <c r="E500" t="s">
         <v>2500</v>
       </c>
       <c r="F500" t="s">
         <v>2501</v>
       </c>
       <c r="G500" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="501">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B501" t="s">
         <v>2502</v>
       </c>
       <c r="C501" t="s">
         <v>2503</v>
       </c>
       <c r="D501" t="s">
         <v>2504</v>
       </c>
       <c r="E501" t="s">
         <v>2505</v>
       </c>
       <c r="F501" t="s">
         <v>2506</v>
       </c>
       <c r="G501" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="502">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B502" t="s">
         <v>2507</v>
       </c>
       <c r="C502" t="s">
         <v>2508</v>
       </c>
       <c r="D502" t="s">
         <v>2509</v>
       </c>
       <c r="E502" t="s">
         <v>2510</v>
       </c>
       <c r="F502" t="s">
         <v>2511</v>
       </c>
       <c r="G502" s="1">
-        <v>0.051</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="503">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B503" t="s">
         <v>2512</v>
       </c>
       <c r="C503" t="s">
         <v>2513</v>
       </c>
       <c r="D503" t="s">
         <v>2514</v>
       </c>
       <c r="E503" t="s">
         <v>2515</v>
       </c>
       <c r="F503" t="s">
         <v>2516</v>
       </c>
       <c r="G503" s="1">
-        <v>0.05</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="504">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B504" t="s">
         <v>2517</v>
       </c>
       <c r="C504" t="s">
         <v>2518</v>
       </c>
       <c r="D504" t="s">
         <v>2519</v>
       </c>
       <c r="E504" t="s">
         <v>2520</v>
       </c>
       <c r="F504" t="s">
         <v>2521</v>
       </c>
       <c r="G504" s="1">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="505">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B505" t="s">
         <v>2522</v>
       </c>
       <c r="C505" t="s">
         <v>2523</v>
       </c>
       <c r="D505" t="s">
         <v>2524</v>
       </c>
       <c r="E505" t="s">
         <v>2525</v>
       </c>
       <c r="F505" t="s">
         <v>2526</v>
       </c>
       <c r="G505" s="1">
-        <v>0.049</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="506">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B506" t="s">
         <v>2527</v>
       </c>
       <c r="C506" t="s">
         <v>2528</v>
       </c>
       <c r="D506" t="s">
         <v>2529</v>
       </c>
       <c r="E506" t="s">
         <v>2530</v>
       </c>
       <c r="F506" t="s">
         <v>2531</v>
       </c>
       <c r="G506" s="1">
-        <v>0.049</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="507">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B507" t="s">
         <v>2532</v>
       </c>
       <c r="C507" t="s">
         <v>2533</v>
       </c>
       <c r="D507" t="s">
         <v>2534</v>
       </c>
       <c r="E507" t="s">
         <v>2535</v>
       </c>
       <c r="F507" t="s">
         <v>2536</v>
       </c>
       <c r="G507" s="1">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="508">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B508" t="s">
         <v>2537</v>
       </c>
       <c r="C508" t="s">
         <v>2538</v>
       </c>
       <c r="D508" t="s">
         <v>2539</v>
       </c>
       <c r="E508" t="s">
         <v>2540</v>
       </c>
       <c r="F508" t="s">
         <v>2541</v>
       </c>
       <c r="G508" s="1">
-        <v>0.048</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="509">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B509" t="s">
         <v>2542</v>
       </c>
       <c r="C509" t="s">
         <v>2543</v>
       </c>
       <c r="D509" t="s">
         <v>2544</v>
       </c>
       <c r="E509" t="s">
         <v>2545</v>
       </c>
       <c r="F509" t="s">
         <v>2546</v>
       </c>
       <c r="G509" s="1">
-        <v>0.047</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="510">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B510" t="s">
         <v>2547</v>
       </c>
       <c r="C510" t="s">
         <v>2548</v>
       </c>
       <c r="D510" t="s">
         <v>2549</v>
       </c>
       <c r="E510" t="s">
         <v>2550</v>
       </c>
       <c r="F510" t="s">
         <v>2551</v>
       </c>
       <c r="G510" s="1">
-        <v>0.047</v>
+        <v>0.045</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="511">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B511" t="s">
         <v>2552</v>
       </c>
       <c r="C511" t="s">
         <v>2553</v>
       </c>
       <c r="D511" t="s">
         <v>2554</v>
       </c>
       <c r="E511" t="s">
         <v>2555</v>
       </c>
       <c r="F511" t="s">
         <v>2556</v>
       </c>
       <c r="G511" s="1">
-        <v>0.046</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="512">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B512" t="s">
         <v>2557</v>
       </c>
       <c r="C512" t="s">
         <v>2558</v>
       </c>
       <c r="D512" t="s">
         <v>2559</v>
       </c>
       <c r="E512" t="s">
         <v>2560</v>
       </c>
       <c r="F512" t="s">
         <v>2561</v>
       </c>
       <c r="G512" s="1">
-        <v>0.045</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="513">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B513" t="s">
         <v>2562</v>
       </c>
       <c r="C513" t="s">
         <v>2563</v>
       </c>
       <c r="D513" t="s">
         <v>2564</v>
       </c>
       <c r="E513" t="s">
         <v>2565</v>
       </c>
       <c r="F513" t="s">
         <v>2566</v>
       </c>
       <c r="G513" s="1">
-        <v>0.044</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="514">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B514" t="s">
         <v>2567</v>
       </c>
       <c r="C514" t="s">
         <v>2568</v>
       </c>
       <c r="D514" t="s">
         <v>2569</v>
       </c>
       <c r="E514" t="s">
         <v>2570</v>
       </c>
       <c r="F514" t="s">
         <v>2571</v>
       </c>
       <c r="G514" s="1">
-        <v>0.044</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="515">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B515" t="s">
         <v>2572</v>
       </c>
       <c r="C515" t="s">
         <v>2573</v>
       </c>
       <c r="D515" t="s">
         <v>2574</v>
       </c>
       <c r="E515" t="s">
         <v>2575</v>
       </c>
       <c r="F515" t="s">
         <v>2576</v>
       </c>
       <c r="G515" s="1">
-        <v>0.041</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="516">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B516" t="s">
         <v>2577</v>
       </c>
       <c r="C516" t="s">
         <v>2578</v>
       </c>
       <c r="D516" t="s">
         <v>2579</v>
       </c>
       <c r="E516" t="s">
         <v>2580</v>
       </c>
       <c r="F516" t="s">
         <v>2581</v>
       </c>
       <c r="G516" s="1">
-        <v>0.041</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="517">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B517" t="s">
         <v>2582</v>
       </c>
       <c r="C517" t="s">
         <v>2583</v>
       </c>
       <c r="D517" t="s">
         <v>2584</v>
       </c>
       <c r="E517" t="s">
         <v>2585</v>
       </c>
       <c r="F517" t="s">
         <v>2586</v>
       </c>
       <c r="G517" s="1">
-        <v>0.04</v>
+        <v>0.042</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="518">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B518" t="s">
         <v>2587</v>
       </c>
       <c r="C518" t="s">
         <v>2588</v>
       </c>
       <c r="D518" t="s">
         <v>2589</v>
       </c>
       <c r="E518" t="s">
         <v>2590</v>
       </c>
       <c r="F518" t="s">
         <v>2591</v>
       </c>
       <c r="G518" s="1">
-        <v>0.04</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="519">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B519" t="s">
         <v>2592</v>
       </c>
       <c r="C519" t="s">
         <v>2593</v>
       </c>
       <c r="D519" t="s">
         <v>2594</v>
       </c>
       <c r="E519" t="s">
         <v>2595</v>
       </c>
       <c r="F519" t="s">
         <v>2596</v>
       </c>
       <c r="G519" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="520">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B520" t="s">
         <v>2597</v>
       </c>
       <c r="C520" t="s">
         <v>2598</v>
       </c>
       <c r="D520" t="s">
         <v>2599</v>
       </c>
       <c r="E520" t="s">
         <v>2600</v>
       </c>
       <c r="F520" t="s">
         <v>2601</v>
       </c>
       <c r="G520" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="521">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B521" t="s">
         <v>2602</v>
       </c>
       <c r="C521" t="s">
         <v>2603</v>
       </c>
       <c r="D521" t="s">
         <v>2604</v>
       </c>
       <c r="E521" t="s">
         <v>2605</v>
       </c>
       <c r="F521" t="s">
         <v>2606</v>
       </c>
       <c r="G521" s="1">
-        <v>0.039</v>
+        <v>0.041</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="522">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B522" t="s">
         <v>2607</v>
       </c>
       <c r="C522" t="s">
         <v>2608</v>
       </c>
       <c r="D522" t="s">
         <v>2609</v>
       </c>
       <c r="E522" t="s">
         <v>2610</v>
       </c>
       <c r="F522" t="s">
         <v>2611</v>
       </c>
       <c r="G522" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="523">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B523" t="s">
         <v>2612</v>
       </c>
       <c r="C523" t="s">
         <v>2613</v>
       </c>
       <c r="D523" t="s">
         <v>2614</v>
       </c>
       <c r="E523" t="s">
         <v>2615</v>
       </c>
       <c r="F523" t="s">
         <v>2616</v>
       </c>
       <c r="G523" s="1">
-        <v>0.038</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="524">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B524" t="s">
         <v>2617</v>
       </c>
       <c r="C524" t="s">
         <v>2618</v>
       </c>
       <c r="D524" t="s">
         <v>2619</v>
       </c>
       <c r="E524" t="s">
         <v>2620</v>
       </c>
       <c r="F524" t="s">
         <v>2621</v>
       </c>
       <c r="G524" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="525">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B525" t="s">
         <v>2622</v>
       </c>
       <c r="C525" t="s">
         <v>2623</v>
       </c>
       <c r="D525" t="s">
         <v>2624</v>
       </c>
       <c r="E525" t="s">
         <v>2625</v>
       </c>
       <c r="F525" t="s">
         <v>2626</v>
       </c>
       <c r="G525" s="1">
-        <v>0.037</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="526">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B526" t="s">
         <v>2627</v>
       </c>
       <c r="C526" t="s">
         <v>2628</v>
       </c>
       <c r="D526" t="s">
         <v>2629</v>
       </c>
       <c r="E526" t="s">
         <v>2630</v>
       </c>
       <c r="F526" t="s">
         <v>2631</v>
       </c>
       <c r="G526" s="1">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="527">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B527" t="s">
         <v>2632</v>
       </c>
       <c r="C527" t="s">
         <v>2633</v>
       </c>
       <c r="D527" t="s">
         <v>2634</v>
       </c>
       <c r="E527" t="s">
         <v>2635</v>
       </c>
       <c r="F527" t="s">
         <v>2636</v>
       </c>
       <c r="G527" s="1">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="528">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B528" t="s">
         <v>2637</v>
       </c>
       <c r="C528" t="s">
         <v>2638</v>
       </c>
       <c r="D528" t="s">
         <v>2639</v>
       </c>
       <c r="E528" t="s">
         <v>2640</v>
       </c>
       <c r="F528" t="s">
         <v>2641</v>
       </c>
       <c r="G528" s="1">
-        <v>0.034</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="529">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B529" t="s">
         <v>2642</v>
       </c>
       <c r="C529" t="s">
         <v>2643</v>
       </c>
       <c r="D529" t="s">
         <v>2644</v>
       </c>
       <c r="E529" t="s">
         <v>2645</v>
       </c>
       <c r="F529" t="s">
         <v>2646</v>
       </c>
       <c r="G529" s="1">
-        <v>0.034</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="530">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B530" t="s">
         <v>2647</v>
       </c>
       <c r="C530" t="s">
         <v>2648</v>
       </c>
       <c r="D530" t="s">
         <v>2649</v>
       </c>
       <c r="E530" t="s">
         <v>2650</v>
       </c>
       <c r="F530" t="s">
         <v>2651</v>
       </c>
       <c r="G530" s="1">
-        <v>0.034</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="531">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B531" t="s">
         <v>2652</v>
       </c>
       <c r="C531" t="s">
         <v>2653</v>
       </c>
       <c r="D531" t="s">
         <v>2654</v>
       </c>
       <c r="E531" t="s">
         <v>2655</v>
       </c>
       <c r="F531" t="s">
         <v>2656</v>
       </c>
       <c r="G531" s="1">
-        <v>0.034</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="532">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B532" t="s">
         <v>2657</v>
       </c>
       <c r="C532" t="s">
         <v>2658</v>
       </c>
       <c r="D532" t="s">
         <v>2659</v>
       </c>
       <c r="E532" t="s">
         <v>2660</v>
       </c>
       <c r="F532" t="s">
         <v>2661</v>
       </c>
       <c r="G532" s="1">
-        <v>0.033</v>
+        <v>0.036</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="533">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B533" t="s">
         <v>2662</v>
       </c>
       <c r="C533" t="s">
         <v>2663</v>
       </c>
       <c r="D533" t="s">
         <v>2664</v>
       </c>
       <c r="E533" t="s">
         <v>2665</v>
       </c>
       <c r="F533" t="s">
         <v>2666</v>
       </c>
       <c r="G533" s="1">
-        <v>0.033</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="534">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B534" t="s">
         <v>2667</v>
       </c>
       <c r="C534" t="s">
         <v>2668</v>
       </c>
       <c r="D534" t="s">
         <v>2669</v>
       </c>
       <c r="E534" t="s">
         <v>2670</v>
       </c>
       <c r="F534" t="s">
         <v>2671</v>
       </c>
       <c r="G534" s="1">
-        <v>0.032</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="535">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B535" t="s">
         <v>2672</v>
       </c>
       <c r="C535" t="s">
         <v>2673</v>
       </c>
       <c r="D535" t="s">
         <v>2674</v>
       </c>
       <c r="E535" t="s">
         <v>2675</v>
       </c>
       <c r="F535" t="s">
         <v>2676</v>
       </c>
       <c r="G535" s="1">
-        <v>0.032</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="536">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B536" t="s">
         <v>2677</v>
       </c>
       <c r="C536" t="s">
         <v>2678</v>
       </c>
       <c r="D536" t="s">
         <v>2679</v>
       </c>
       <c r="E536" t="s">
         <v>2680</v>
       </c>
       <c r="F536" t="s">
         <v>2681</v>
       </c>
       <c r="G536" s="1">
-        <v>0.032</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="537">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B537" t="s">
         <v>2682</v>
       </c>
       <c r="C537" t="s">
         <v>2683</v>
       </c>
       <c r="D537" t="s">
         <v>2684</v>
       </c>
       <c r="E537" t="s">
         <v>2685</v>
       </c>
       <c r="F537" t="s">
         <v>2686</v>
       </c>
       <c r="G537" s="1">
-        <v>0.032</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="538">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B538" t="s">
         <v>2687</v>
       </c>
       <c r="C538" t="s">
         <v>2688</v>
       </c>
       <c r="D538" t="s">
         <v>2689</v>
       </c>
       <c r="E538" t="s">
         <v>2690</v>
       </c>
       <c r="F538" t="s">
         <v>2691</v>
       </c>
       <c r="G538" s="1">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="539">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B539" t="s">
         <v>2692</v>
       </c>
       <c r="C539" t="s">
         <v>2693</v>
       </c>
       <c r="D539" t="s">
         <v>2694</v>
       </c>
       <c r="E539" t="s">
         <v>2695</v>
       </c>
       <c r="F539" t="s">
         <v>2696</v>
       </c>
       <c r="G539" s="1">
         <v>0.031</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="540">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B540" t="s">
         <v>2697</v>
       </c>
       <c r="C540" t="s">
         <v>2698</v>
       </c>
       <c r="D540" t="s">
         <v>2699</v>
       </c>
       <c r="E540" t="s">
         <v>2700</v>
       </c>
       <c r="F540" t="s">
         <v>2701</v>
       </c>
       <c r="G540" s="1">
         <v>0.031</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="541">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B541" t="s">
         <v>2702</v>
       </c>
       <c r="C541" t="s">
         <v>2703</v>
       </c>
       <c r="D541" t="s">
         <v>2704</v>
       </c>
       <c r="E541" t="s">
         <v>2705</v>
       </c>
       <c r="F541" t="s">
         <v>2706</v>
       </c>
       <c r="G541" s="1">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="542">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B542" t="s">
         <v>2707</v>
       </c>
       <c r="C542" t="s">
         <v>2708</v>
       </c>
       <c r="D542" t="s">
         <v>2709</v>
       </c>
       <c r="E542" t="s">
         <v>2710</v>
       </c>
       <c r="F542" t="s">
         <v>2711</v>
       </c>
       <c r="G542" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="543">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B543" t="s">
         <v>2712</v>
       </c>
       <c r="C543" t="s">
         <v>2713</v>
       </c>
       <c r="D543" t="s">
         <v>2714</v>
       </c>
       <c r="E543" t="s">
         <v>2715</v>
       </c>
       <c r="F543" t="s">
         <v>2716</v>
       </c>
       <c r="G543" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="544">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B544" t="s">
         <v>2717</v>
       </c>
       <c r="C544" t="s">
         <v>2718</v>
       </c>
       <c r="D544" t="s">
         <v>2719</v>
       </c>
       <c r="E544" t="s">
         <v>2720</v>
       </c>
       <c r="F544" t="s">
         <v>2721</v>
       </c>
       <c r="G544" s="1">
-        <v>0.029</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="545">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B545" t="s">
         <v>2722</v>
       </c>
       <c r="C545" t="s">
         <v>2723</v>
       </c>
       <c r="D545" t="s">
         <v>2724</v>
       </c>
       <c r="E545" t="s">
         <v>2725</v>
       </c>
       <c r="F545" t="s">
         <v>2726</v>
       </c>
       <c r="G545" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="546">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B546" t="s">
         <v>2727</v>
       </c>
       <c r="C546" t="s">
         <v>2728</v>
       </c>
       <c r="D546" t="s">
         <v>2729</v>
       </c>
       <c r="E546" t="s">
         <v>2730</v>
       </c>
       <c r="F546" t="s">
         <v>2731</v>
       </c>
       <c r="G546" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="547">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B547" t="s">
         <v>2732</v>
       </c>
       <c r="C547" t="s">
         <v>2733</v>
       </c>
       <c r="D547" t="s">
         <v>2734</v>
       </c>
       <c r="E547" t="s">
         <v>2735</v>
       </c>
       <c r="F547" t="s">
         <v>2736</v>
       </c>
       <c r="G547" s="1">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="548">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B548" t="s">
         <v>2737</v>
       </c>
       <c r="C548" t="s">
         <v>2738</v>
       </c>
       <c r="D548" t="s">
         <v>2739</v>
       </c>
       <c r="E548" t="s">
         <v>2740</v>
       </c>
       <c r="F548" t="s">
         <v>2741</v>
       </c>
       <c r="G548" s="1">
-        <v>0.027</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="549">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B549" t="s">
         <v>2742</v>
       </c>
       <c r="C549" t="s">
         <v>2743</v>
       </c>
       <c r="D549" t="s">
         <v>2744</v>
       </c>
       <c r="E549" t="s">
         <v>2745</v>
       </c>
       <c r="F549" t="s">
         <v>2746</v>
       </c>
       <c r="G549" s="1">
-        <v>0.026</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="550">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B550" t="s">
         <v>2747</v>
       </c>
       <c r="C550" t="s">
         <v>2748</v>
       </c>
       <c r="D550" t="s">
         <v>2749</v>
       </c>
       <c r="E550" t="s">
         <v>2750</v>
       </c>
       <c r="F550" t="s">
         <v>2751</v>
       </c>
       <c r="G550" s="1">
-        <v>0.025</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="551">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B551" t="s">
         <v>2752</v>
       </c>
       <c r="C551" t="s">
         <v>2753</v>
       </c>
       <c r="D551" t="s">
         <v>2754</v>
       </c>
       <c r="E551" t="s">
         <v>2755</v>
       </c>
       <c r="F551" t="s">
         <v>2756</v>
       </c>
       <c r="G551" s="1">
-        <v>0.022</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="552">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B552" t="s">
         <v>2757</v>
       </c>
       <c r="C552" t="s">
         <v>2758</v>
       </c>
       <c r="D552" t="s">
         <v>2759</v>
       </c>
       <c r="E552" t="s">
         <v>2760</v>
       </c>
       <c r="F552" t="s">
         <v>2761</v>
       </c>
       <c r="G552" s="1">
-        <v>0.021</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="553">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B553" t="s">
         <v>2762</v>
       </c>
       <c r="C553" t="s">
         <v>2763</v>
       </c>
       <c r="D553" t="s">
         <v>2764</v>
       </c>
       <c r="E553" t="s">
         <v>2765</v>
       </c>
       <c r="F553" t="s">
         <v>2766</v>
       </c>
       <c r="G553" s="1">
-        <v>0.021</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="554">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B554" t="s">
         <v>2767</v>
       </c>
       <c r="C554" t="s">
         <v>2768</v>
       </c>
       <c r="D554" t="s">
         <v>2769</v>
       </c>
       <c r="E554" t="s">
         <v>2770</v>
       </c>
       <c r="F554" t="s">
         <v>2771</v>
       </c>
       <c r="G554" s="1">
-        <v>0.021</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="555">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B555" t="s">
         <v>2772</v>
       </c>
       <c r="C555" t="s">
         <v>2773</v>
       </c>
       <c r="D555" t="s">
         <v>2774</v>
       </c>
       <c r="E555" t="s">
         <v>2775</v>
       </c>
       <c r="F555" t="s">
         <v>2776</v>
       </c>
       <c r="G555" s="1">
-        <v>0.019</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="556">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B556" t="s">
         <v>2777</v>
       </c>
       <c r="C556" t="s">
         <v>2778</v>
       </c>
       <c r="D556" t="s">
         <v>2779</v>
       </c>
       <c r="E556" t="s">
         <v>2780</v>
       </c>
       <c r="F556" t="s">
         <v>2781</v>
       </c>
       <c r="G556" s="1">
-        <v>0.019</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="557">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B557" t="s">
         <v>2782</v>
       </c>
       <c r="C557" t="s">
         <v>2783</v>
       </c>
       <c r="D557" t="s">
         <v>2784</v>
       </c>
       <c r="E557" t="s">
         <v>2785</v>
       </c>
       <c r="F557" t="s">
         <v>2786</v>
       </c>
       <c r="G557" s="1">
-        <v>0.019</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="558">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B558" t="s">
         <v>2787</v>
       </c>
       <c r="C558" t="s">
         <v>2788</v>
       </c>
       <c r="D558" t="s">
         <v>2789</v>
       </c>
       <c r="E558" t="s">
         <v>2790</v>
       </c>
       <c r="F558" t="s">
         <v>2791</v>
       </c>
       <c r="G558" s="1">
-        <v>0.019</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="559">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B559" t="s">
         <v>2792</v>
       </c>
       <c r="C559" t="s">
         <v>2793</v>
       </c>
       <c r="D559" t="s">
         <v>2794</v>
       </c>
       <c r="E559" t="s">
         <v>2795</v>
       </c>
       <c r="F559" t="s">
         <v>2796</v>
       </c>
       <c r="G559" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="560">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B560" t="s">
         <v>2797</v>
       </c>
       <c r="C560" t="s">
         <v>2798</v>
       </c>
       <c r="D560" t="s">
         <v>2799</v>
       </c>
       <c r="E560" t="s">
         <v>2800</v>
       </c>
       <c r="F560" t="s">
         <v>2801</v>
       </c>
       <c r="G560" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="561">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B561" t="s">
         <v>2802</v>
       </c>
       <c r="C561" t="s">
         <v>2803</v>
       </c>
       <c r="D561" t="s">
         <v>2804</v>
       </c>
       <c r="E561" t="s">
         <v>2805</v>
       </c>
       <c r="F561" t="s">
         <v>2806</v>
       </c>
       <c r="G561" s="1">
-        <v>0.018</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="562">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B562" t="s">
         <v>2807</v>
       </c>
       <c r="C562" t="s">
         <v>2808</v>
       </c>
       <c r="D562" t="s">
         <v>2809</v>
       </c>
       <c r="E562" t="s">
         <v>2810</v>
       </c>
       <c r="F562" t="s">
         <v>2811</v>
       </c>
       <c r="G562" s="1">
-        <v>0.018</v>
+        <v>0.019</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="563">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B563" t="s">
         <v>2812</v>
       </c>
       <c r="C563" t="s">
         <v>2813</v>
       </c>
       <c r="D563" t="s">
         <v>2814</v>
       </c>
       <c r="E563" t="s">
         <v>2815</v>
       </c>
       <c r="F563" t="s">
         <v>2816</v>
       </c>
       <c r="G563" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="564">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B564" t="s">
         <v>2817</v>
       </c>
       <c r="C564" t="s">
         <v>2818</v>
       </c>
       <c r="D564" t="s">
         <v>2819</v>
       </c>
       <c r="E564" t="s">
         <v>2820</v>
       </c>
       <c r="F564" t="s">
         <v>2821</v>
       </c>
       <c r="G564" s="1">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="565">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B565" t="s">
         <v>2822</v>
       </c>
       <c r="C565" t="s">
         <v>2823</v>
       </c>
       <c r="D565" t="s">
         <v>2824</v>
       </c>
       <c r="E565" t="s">
         <v>2825</v>
       </c>
       <c r="F565" t="s">
         <v>2826</v>
       </c>
       <c r="G565" s="1">
-        <v>0.016</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="566">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B566" t="s">
         <v>2827</v>
       </c>
       <c r="C566" t="s">
         <v>2828</v>
       </c>
       <c r="D566" t="s">
         <v>2829</v>
       </c>
       <c r="E566" t="s">
         <v>2830</v>
       </c>
       <c r="F566" t="s">
         <v>2831</v>
       </c>
       <c r="G566" s="1">
-        <v>0.016</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="567">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B567" t="s">
         <v>2832</v>
       </c>
       <c r="C567" t="s">
         <v>2833</v>
       </c>
       <c r="D567" t="s">
         <v>2834</v>
       </c>
       <c r="E567" t="s">
         <v>2835</v>
       </c>
       <c r="F567" t="s">
         <v>2836</v>
       </c>
       <c r="G567" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="568">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B568" t="s">
         <v>2837</v>
       </c>
       <c r="C568" t="s">
         <v>2838</v>
       </c>
       <c r="D568" t="s">
         <v>2839</v>
       </c>
       <c r="E568" t="s">
         <v>2840</v>
       </c>
       <c r="F568" t="s">
         <v>2841</v>
       </c>
       <c r="G568" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="569">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B569" t="s">
         <v>2842</v>
       </c>
       <c r="C569" t="s">
         <v>2843</v>
       </c>
       <c r="D569" t="s">
         <v>2844</v>
       </c>
       <c r="E569" t="s">
         <v>2845</v>
       </c>
       <c r="F569" t="s">
         <v>2846</v>
       </c>
       <c r="G569" s="1">
-        <v>0.015</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="570">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B570" t="s">
         <v>2847</v>
       </c>
       <c r="C570" t="s">
         <v>2848</v>
       </c>
       <c r="D570" t="s">
         <v>2849</v>
       </c>
       <c r="E570" t="s">
         <v>2850</v>
       </c>
       <c r="F570" t="s">
         <v>2851</v>
       </c>
       <c r="G570" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="571">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B571" t="s">
         <v>2852</v>
       </c>
       <c r="C571" t="s">
         <v>2853</v>
       </c>
       <c r="D571" t="s">
         <v>2854</v>
       </c>
       <c r="E571" t="s">
         <v>2855</v>
       </c>
       <c r="F571" t="s">
         <v>2856</v>
       </c>
       <c r="G571" s="1">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="572">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B572" t="s">
         <v>2857</v>
       </c>
       <c r="C572" t="s">
         <v>2858</v>
       </c>
       <c r="D572" t="s">
         <v>2859</v>
       </c>
       <c r="E572" t="s">
         <v>2860</v>
       </c>
       <c r="F572" t="s">
         <v>2861</v>
       </c>
       <c r="G572" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="573">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B573" t="s">
         <v>2862</v>
       </c>
       <c r="C573" t="s">
         <v>2863</v>
       </c>
       <c r="D573" t="s">
         <v>2864</v>
       </c>
       <c r="E573" t="s">
         <v>2865</v>
       </c>
       <c r="F573" t="s">
         <v>2866</v>
       </c>
       <c r="G573" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="574">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B574" t="s">
         <v>2867</v>
       </c>
       <c r="C574" t="s">
         <v>2868</v>
       </c>
       <c r="D574" t="s">
         <v>2869</v>
       </c>
       <c r="E574" t="s">
         <v>2870</v>
       </c>
       <c r="F574" t="s">
         <v>2871</v>
       </c>
       <c r="G574" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="575">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B575" t="s">
         <v>2872</v>
       </c>
       <c r="C575" t="s">
         <v>2873</v>
       </c>
       <c r="D575" t="s">
         <v>2874</v>
       </c>
       <c r="E575" t="s">
         <v>2875</v>
       </c>
       <c r="F575" t="s">
         <v>2876</v>
       </c>
       <c r="G575" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="576">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B576" t="s">
         <v>2877</v>
       </c>
       <c r="C576" t="s">
         <v>2878</v>
       </c>
       <c r="D576" t="s">
         <v>2879</v>
       </c>
       <c r="E576" t="s">
         <v>2880</v>
       </c>
       <c r="F576" t="s">
         <v>2881</v>
       </c>
       <c r="G576" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="577">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B577" t="s">
         <v>2882</v>
       </c>
       <c r="C577" t="s">
         <v>2883</v>
       </c>
       <c r="D577" t="s">
         <v>2884</v>
       </c>
       <c r="E577" t="s">
         <v>2885</v>
       </c>
       <c r="F577" t="s">
         <v>2886</v>
       </c>
       <c r="G577" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="578">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B578" t="s">
         <v>2887</v>
       </c>
       <c r="C578" t="s">
         <v>2888</v>
       </c>
       <c r="D578" t="s">
         <v>2889</v>
       </c>
       <c r="E578" t="s">
         <v>2890</v>
       </c>
       <c r="F578" t="s">
         <v>2891</v>
       </c>
       <c r="G578" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="579">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B579" t="s">
         <v>2892</v>
       </c>
       <c r="C579" t="s">
         <v>2893</v>
       </c>
       <c r="D579" t="s">
         <v>2894</v>
       </c>
       <c r="E579" t="s">
         <v>2895</v>
       </c>
       <c r="F579" t="s">
         <v>2896</v>
       </c>
       <c r="G579" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="580">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B580" t="s">
         <v>2897</v>
       </c>
       <c r="C580" t="s">
         <v>2898</v>
       </c>
       <c r="D580" t="s">
         <v>2899</v>
       </c>
       <c r="E580" t="s">
         <v>2900</v>
       </c>
       <c r="F580" t="s">
         <v>2901</v>
       </c>
       <c r="G580" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="581">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B581" t="s">
         <v>2902</v>
       </c>
       <c r="C581" t="s">
         <v>2903</v>
       </c>
       <c r="D581" t="s">
         <v>2904</v>
       </c>
       <c r="E581" t="s">
         <v>2905</v>
       </c>
       <c r="F581" t="s">
         <v>2906</v>
       </c>
       <c r="G581" s="1">
-        <v>0.013</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="582">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B582" t="s">
         <v>2907</v>
       </c>
       <c r="C582" t="s">
         <v>2908</v>
       </c>
       <c r="D582" t="s">
         <v>2909</v>
       </c>
       <c r="E582" t="s">
         <v>2910</v>
       </c>
       <c r="F582" t="s">
         <v>2911</v>
       </c>
       <c r="G582" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="583">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B583" t="s">
         <v>2912</v>
       </c>
       <c r="C583" t="s">
         <v>2913</v>
       </c>
       <c r="D583" t="s">
         <v>2914</v>
       </c>
       <c r="E583" t="s">
         <v>2915</v>
       </c>
       <c r="F583" t="s">
         <v>2916</v>
       </c>
       <c r="G583" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="584">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B584" t="s">
         <v>2917</v>
       </c>
       <c r="C584" t="s">
         <v>2918</v>
       </c>
       <c r="D584" t="s">
         <v>2919</v>
       </c>
       <c r="E584" t="s">
         <v>2920</v>
       </c>
       <c r="F584" t="s">
         <v>2921</v>
       </c>
       <c r="G584" s="1">
-        <v>0.012</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="585">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B585" t="s">
         <v>2922</v>
       </c>
       <c r="C585" t="s">
         <v>2923</v>
       </c>
       <c r="D585" t="s">
         <v>2924</v>
       </c>
       <c r="E585" t="s">
         <v>2925</v>
       </c>
       <c r="F585" t="s">
         <v>2926</v>
       </c>
       <c r="G585" s="1">
-        <v>0.011</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="586">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B586" t="s">
         <v>2927</v>
       </c>
       <c r="C586" t="s">
         <v>2928</v>
       </c>
       <c r="D586" t="s">
         <v>2929</v>
       </c>
       <c r="E586" t="s">
         <v>2930</v>
       </c>
       <c r="F586" t="s">
         <v>2931</v>
       </c>
       <c r="G586" s="1">
-        <v>0.01</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="587">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B587" t="s">
         <v>2932</v>
       </c>
       <c r="C587" t="s">
         <v>2933</v>
       </c>
       <c r="D587" t="s">
         <v>2934</v>
       </c>
       <c r="E587" t="s">
         <v>2935</v>
       </c>
       <c r="F587" t="s">
         <v>2936</v>
       </c>
       <c r="G587" s="1">
-        <v>0.01</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="588">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B588" t="s">
         <v>2937</v>
       </c>
       <c r="C588" t="s">
         <v>2938</v>
       </c>
       <c r="D588" t="s">
         <v>2939</v>
       </c>
       <c r="E588" t="s">
         <v>2940</v>
       </c>
       <c r="F588" t="s">
         <v>2941</v>
       </c>
       <c r="G588" s="1">
-        <v>0.01</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="589">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B589" t="s">
         <v>2942</v>
       </c>
       <c r="C589" t="s">
         <v>2943</v>
       </c>
       <c r="D589" t="s">
         <v>2944</v>
       </c>
       <c r="E589" t="s">
         <v>2945</v>
       </c>
       <c r="F589" t="s">
         <v>2946</v>
       </c>
       <c r="G589" s="1">
-        <v>0.01</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="590">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B590" t="s">
         <v>2947</v>
       </c>
       <c r="C590" t="s">
         <v>2948</v>
       </c>
       <c r="D590" t="s">
         <v>2949</v>
       </c>
       <c r="E590" t="s">
         <v>2950</v>
       </c>
       <c r="F590" t="s">
         <v>2951</v>
       </c>
       <c r="G590" s="1">
-        <v>0.006</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="591">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B591" t="s">
         <v>2952</v>
       </c>
       <c r="C591" t="s">
         <v>2953</v>
       </c>
       <c r="D591" t="s">
         <v>2954</v>
       </c>
       <c r="E591" t="s">
         <v>2955</v>
       </c>
       <c r="F591" t="s">
         <v>2956</v>
       </c>
       <c r="G591" s="1">
-        <v>0.005</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="592">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B592" t="s">
         <v>2957</v>
       </c>
       <c r="C592" t="s">
         <v>2958</v>
       </c>
       <c r="D592" t="s">
         <v>2959</v>
       </c>
       <c r="E592" t="s">
         <v>2960</v>
       </c>
       <c r="F592" t="s">
         <v>2961</v>
       </c>
       <c r="G592" s="1">
-        <v>0.005</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="593">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B593" t="s">
         <v>2962</v>
       </c>
       <c r="C593" t="s">
         <v>2963</v>
       </c>
       <c r="D593" t="s">
         <v>2964</v>
       </c>
       <c r="E593" t="s">
         <v>2965</v>
       </c>
       <c r="F593" t="s">
         <v>2966</v>
       </c>
       <c r="G593" s="1">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="594">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B594" t="s">
         <v>2967</v>
       </c>
       <c r="C594" t="s">
         <v>2968</v>
       </c>
       <c r="D594" t="s">
         <v>2969</v>
       </c>
       <c r="E594" t="s">
         <v>2970</v>
       </c>
       <c r="F594" t="s">
         <v>2971</v>
       </c>
       <c r="G594" s="1">
-        <v>0.004</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="595">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B595" t="s">
         <v>2972</v>
       </c>
       <c r="C595" t="s">
         <v>2973</v>
       </c>
       <c r="D595" t="s">
         <v>2974</v>
       </c>
       <c r="E595" t="s">
         <v>2975</v>
       </c>
       <c r="F595" t="s">
         <v>2976</v>
       </c>
       <c r="G595" s="1">
-        <v>0.004</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="596">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B596" t="s">
         <v>2977</v>
       </c>
       <c r="C596" t="s">
         <v>2978</v>
       </c>
       <c r="D596" t="s">
         <v>2979</v>
       </c>
       <c r="E596" t="s">
         <v>2980</v>
       </c>
       <c r="F596" t="s">
         <v>2981</v>
       </c>
       <c r="G596" s="1">
-        <v>0</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="597">
-        <v>45961</v>
+        <v>46052</v>
       </c>
       <c r="B597" t="s">
         <v>2982</v>
       </c>
       <c r="C597" t="s">
         <v>2983</v>
       </c>
       <c r="D597" t="s">
         <v>2984</v>
       </c>
       <c r="E597" t="s">
         <v>2985</v>
       </c>
       <c r="F597" t="s">
         <v>2986</v>
       </c>
       <c r="G597" s="1">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="598">
+        <v>46052</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D598" t="s">
+        <v>2989</v>
+      </c>
+      <c r="E598" t="s">
+        <v>2990</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2991</v>
+      </c>
+      <c r="G598" s="1">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="599">
+        <v>46052</v>
+      </c>
+      <c r="B599" t="s">
+        <v>2992</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2993</v>
+      </c>
+      <c r="D599" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E599" t="s">
+        <v>2995</v>
+      </c>
+      <c r="F599" t="s">
+        <v>2996</v>
+      </c>
+      <c r="G599" s="1">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="600">
+        <v>46052</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2997</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2998</v>
+      </c>
+      <c r="D600" t="s">
+        <v>2999</v>
+      </c>
+      <c r="E600" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F600" t="s">
+        <v>3001</v>
+      </c>
+      <c r="G600" s="1">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="601">
+        <v>46052</v>
+      </c>
+      <c r="B601" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C601" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D601" t="s">
+        <v>3004</v>
+      </c>
+      <c r="E601" t="s">
+        <v>3005</v>
+      </c>
+      <c r="F601" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G601" s="1">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="602">
+        <v>46052</v>
+      </c>
+      <c r="B602" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C602" t="s">
+        <v>3008</v>
+      </c>
+      <c r="D602" t="s">
+        <v>3009</v>
+      </c>
+      <c r="E602" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F602" t="s">
+        <v>3011</v>
+      </c>
+      <c r="G602" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="603">
+        <v>46052</v>
+      </c>
+      <c r="B603" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C603" t="s">
+        <v>3013</v>
+      </c>
+      <c r="D603" t="s">
+        <v>3014</v>
+      </c>
+      <c r="E603" t="s">
+        <v>3015</v>
+      </c>
+      <c r="F603" t="s">
+        <v>3016</v>
+      </c>
+      <c r="G603" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">